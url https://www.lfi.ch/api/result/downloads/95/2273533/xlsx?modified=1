--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorrangfunktion (LFI5): Natur- und Landschaftsschutz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>primary forest function (NFI5): nature and landscape conservation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Landschaftsschutz</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>landscape protection</t>
+  </si>
+  <si>
+    <t>nature conservation</t>
+  </si>
+  <si>
+    <t>game protection</t>
+  </si>
+  <si>
+    <t>other</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273533/611456</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrangfunktion (LFI5): Natur- und Landschaftsschutz</t>
+      <t xml:space="preserve">primary forest function (NFI5): nature and landscape conservation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2757</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Vorrangfunktion «Natur- und Landschaftsschutz» mit den vier Klassen «Landschaftsschutz», «Naturschutz», «Wildschutz» und «übrige» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
+    <t>Presence of the primary function «nature and landscape conservation», classified into the four classes: «landscape protection», «nature conservation», «game protection» or «other» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="64.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>168.9</v>
       </c>
       <c r="AC18" s="6">
         <v>2</v>
       </c>
       <c r="AD18" s="6">
         <v>1237.7</v>
       </c>
       <c r="AE18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273533/611456</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrangfunktion (LFI5): Natur- und Landschaftsschutz</t>
+            <t xml:space="preserve">primary forest function (NFI5): nature and landscape conservation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>