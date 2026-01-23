--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5): nature and landscape conservation</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura e del paesaggio</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>landscape protection</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>protezione del paesaggio</t>
+  </si>
+  <si>
+    <t>protezione della natura</t>
+  </si>
+  <si>
+    <t>protezione della selvaggina</t>
+  </si>
+  <si>
+    <t>altre</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273533/611456</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5): nature and landscape conservation</t>
+      <t xml:space="preserve">funzione predominante (IFN5): protezione della natura e del paesaggio</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2757</t>
     </r>
   </si>
   <si>
-    <t>Presence of the primary function «nature and landscape conservation», classified into the four classes: «landscape protection», «nature conservation», «game protection» or «other» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Presenza della funzione predominante «protezione della natura e del paesaggio» nelle quattro classi «protezione del paesaggio», «protezione della natura», «protezione della selvaggina» e «altre» in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026), al fine di poter fare delle valutazioni in ambito di protezione della natura e del paesaggio. Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="79.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="84.694" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1582,51 +1582,51 @@
         <v>168.9</v>
       </c>
       <c r="AC18" s="6">
         <v>2</v>
       </c>
       <c r="AD18" s="6">
         <v>1237.7</v>
       </c>
       <c r="AE18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:31" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273533/611456</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -1642,191 +1642,191 @@
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
       <c r="Z19" s="3"/>
       <c r="AA19" s="3"/>
       <c r="AB19" s="3"/>
       <c r="AC19" s="3"/>
       <c r="AD19" s="3"/>
       <c r="AE19" s="3"/>
     </row>
     <row r="22" spans="1:31">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5): nature and landscape conservation</t>
+            <t xml:space="preserve">funzione predominante (IFN5): protezione della natura e del paesaggio</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2757</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>