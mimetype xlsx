--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no primary forest function</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>nessuna funzione predominante</t>
+  </si>
+  <si>
+    <t>produzione di legname</t>
+  </si>
+  <si>
+    <t>uso agricolo</t>
+  </si>
+  <si>
+    <t>protezione frangivento</t>
+  </si>
+  <si>
+    <t>protezione delle acque potabili</t>
+  </si>
+  <si>
+    <t>protezione della natura</t>
+  </si>
+  <si>
+    <t>protezione del paesaggio</t>
+  </si>
+  <si>
+    <t>protezione della selvaggina</t>
+  </si>
+  <si>
+    <t>ricreazione</t>
+  </si>
+  <si>
+    <t>uso militare</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro i pericoli naturali</t>
+  </si>
+  <si>
+    <t>serbatoio di carbonio</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273631/611554</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5)</t>
+      <t xml:space="preserve">funzione predominante (IFN5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2755</t>
     </r>
   </si>
   <si>
-    <t>Type of the most important forest function relevant for management according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Funzione forestale più importante per la gestione del bosco, in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>120.7</v>
       </c>
       <c r="K26" s="6">
         <v>3</v>
       </c>
       <c r="L26" s="6">
         <v>1049.5</v>
       </c>
       <c r="M26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273631/611554</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5)</t>
+            <t xml:space="preserve">funzione predominante (IFN5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2755</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>