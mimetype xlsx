--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>funzione predominante (IFN5)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna funzione predominante</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>keine Vorrangfunktion</t>
+  </si>
+  <si>
+    <t>Holzproduktion</t>
+  </si>
+  <si>
+    <t>landwirtschaftliche Nutzung</t>
+  </si>
+  <si>
+    <t>Windschutz</t>
+  </si>
+  <si>
+    <t>Trinkwasserschutz</t>
+  </si>
+  <si>
+    <t>Naturschutz</t>
+  </si>
+  <si>
+    <t>Landschaftsschutz</t>
+  </si>
+  <si>
+    <t>Wildschutz</t>
+  </si>
+  <si>
+    <t>Erholung</t>
+  </si>
+  <si>
+    <t>Militär</t>
+  </si>
+  <si>
+    <t>Schutz gegen Naturgefahren</t>
+  </si>
+  <si>
+    <t>Kohlenstoffsenke</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273631/611554</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione predominante (IFN5)</t>
+      <t xml:space="preserve">Vorrangfunktion (LFI5)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2755</t>
     </r>
   </si>
   <si>
-    <t>Funzione forestale più importante per la gestione del bosco, in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
+    <t>Art der wichtigsten, für die Bewirtschaftung massgebenden Waldfunktion gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>120.7</v>
       </c>
       <c r="K26" s="6">
         <v>3</v>
       </c>
       <c r="L26" s="6">
         <v>1049.5</v>
       </c>
       <c r="M26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273631/611554</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione predominante (IFN5)</t>
+            <t xml:space="preserve">Vorrangfunktion (LFI5)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2755</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>