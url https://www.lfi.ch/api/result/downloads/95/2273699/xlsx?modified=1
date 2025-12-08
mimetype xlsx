--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,372 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorrangfunktion (LFI4)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>primary forest function (NFI4)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...11 lines deleted...]
-    <t>Windschutz</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>no primary forest function</t>
+  </si>
+  <si>
+    <t>timber production</t>
+  </si>
+  <si>
+    <t>agricultural use</t>
+  </si>
+  <si>
+    <t>windbreak</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Trinkwasserschutz</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>drinking-water protection</t>
+  </si>
+  <si>
+    <t>nature conservation</t>
+  </si>
+  <si>
+    <t>landscape protection</t>
+  </si>
+  <si>
+    <t>game protection</t>
+  </si>
+  <si>
+    <t>recreation</t>
+  </si>
+  <si>
+    <t>military</t>
+  </si>
+  <si>
+    <t>protection against natural hazards</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273699/611622</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrangfunktion (LFI4)</t>
+      <t xml:space="preserve">primary forest function (NFI4)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2756</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Art der wichtigsten, für die Bewirtschaftung massgebenden Waldfunktion gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI4 (2009-2017). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)
-</t>
+    <t>Type of the most important forest function relevant for managing the forest according to forest plans or an assessment by the local forest service during NFI4 (2009-2017). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -731,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1509,235 +1508,235 @@
         <v>172.7</v>
       </c>
       <c r="M25" s="6">
         <v>2</v>
       </c>
       <c r="N25" s="6">
         <v>1270.3</v>
       </c>
       <c r="O25" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273699/611622</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrangfunktion (LFI4)</t>
+            <t xml:space="preserve">primary forest function (NFI4)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2756</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>