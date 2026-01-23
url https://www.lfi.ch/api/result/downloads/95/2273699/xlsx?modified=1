--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI4)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN4)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...11 lines deleted...]
-    <t>windbreak</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>nessuna funzione predominante</t>
+  </si>
+  <si>
+    <t>produzione di legname</t>
+  </si>
+  <si>
+    <t>uso agricolo</t>
+  </si>
+  <si>
+    <t>protezione frangivento</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>drinking-water protection</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>protezione delle acque potabili</t>
+  </si>
+  <si>
+    <t>protezione della natura</t>
+  </si>
+  <si>
+    <t>protezione del paesaggio</t>
+  </si>
+  <si>
+    <t>protezione della selvaggina</t>
+  </si>
+  <si>
+    <t>ricreazione</t>
+  </si>
+  <si>
+    <t>uso militare</t>
+  </si>
+  <si>
+    <t>protezione contro i pericoli naturali</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2273699/611622</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI4)</t>
+      <t xml:space="preserve">funzione predominante (IFN4)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2756</t>
     </r>
   </si>
   <si>
-    <t>Type of the most important forest function relevant for managing the forest according to forest plans or an assessment by the local forest service during NFI4 (2009-2017). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Funzione forestale più importante per la gestione del bosco, in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN4 (2009-2017). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1508,235 +1508,235 @@
         <v>172.7</v>
       </c>
       <c r="M25" s="6">
         <v>2</v>
       </c>
       <c r="N25" s="6">
         <v>1270.3</v>
       </c>
       <c r="O25" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="21.75">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2273699/611622</t>
           </r>
         </is>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI4)</t>
+            <t xml:space="preserve">funzione predominante (IFN4)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2756</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:15" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>