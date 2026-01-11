--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,405 +14,405 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5): nature conservation · altitudinal vegetation belts (NaiS, 3 classes) · structural diversity of the stand</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura · fasce vegetazionali NaiS (3 classi) · diversità strutturale del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...12 lines deleted...]
-    <t>yes</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura</t>
+  </si>
+  <si>
+    <t>sì</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>structural diversity of the stand</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (3 classi)</t>
+  </si>
+  <si>
+    <t>diversità strutturale del popolamento</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>low</t>
-[...14 lines deleted...]
-    <t>hyperinsubric, colline, submontane</t>
+    <t>debole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">media </t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>subalpino</t>
+  </si>
+  <si>
+    <t>montano</t>
+  </si>
+  <si>
+    <t>iperinsubrica, collinare e submontana</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2274082/612005</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+      <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Presence of the primary function: «nature conservation» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Presenza della funzione predominante «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structural diversity of the stand</t>
+      <t xml:space="preserve">diversità strutturale del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1280</t>
     </r>
   </si>
   <si>
-    <t>Value of the forest stand as a habitat – in three classes, derived from the attributes: development stage, crown closure, stand structure, proportion of old timber, degree of damage to the stand, presence of forest or stand edge, occurrence and type of gaps in the stand, degree of cover of the herb layer, degree of cover of berry bushes as well as the occurrence of stumps, lying deadwood, snags and piles of branches. Reference: Field Survey (various attributes)</t>
+    <t>Valore del popolamento forestale come habitat in tre classi, derivato dagli attributi stadio di sviluppo, grado di chiusura, struttura del popolamento, proporzione di legname grosso, grado di danneggiamento del popolamento, presenza di margine boschivo o del popolamento, presenza e tipo di chiarie nel popolamento, grado di copertura dello strato arbustivo, grado di copertura degli arbusti produttori di bacche, così come anche la presenza di ceppaie, legname morto a terra, alberi morti in piedi e mucchi di rami. Fonte: rilievo sul terreno (diversi attributi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -764,52 +764,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1491,297 +1491,297 @@
         <v>1053.1</v>
       </c>
       <c r="F37" s="6">
         <v>1</v>
       </c>
       <c r="G37" s="6">
         <v>1176.4</v>
       </c>
       <c r="H37" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="21.75">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2274082/612005</t>
           </r>
         </is>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+            <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structural diversity of the stand</t>
+            <t xml:space="preserve">diversità strutturale del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1280</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>