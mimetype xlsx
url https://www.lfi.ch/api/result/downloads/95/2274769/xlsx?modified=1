--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,414 +14,414 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Intensität der Erholungsnutzung</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura · fasce vegetazionali NaiS (3 classi) · intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...24 lines deleted...]
-    <t>Intensität der Erholungsnutzung</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura</t>
+  </si>
+  <si>
+    <t>sì</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (3 classi)</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Erholungsnutzung</t>
-[...23 lines deleted...]
-    <t>hyperinsubrisch, kollin, submontan</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>subalpino</t>
+  </si>
+  <si>
+    <t>montano</t>
+  </si>
+  <si>
+    <t>iperinsubrica, collinare e submontana</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2274769/612698</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
+      <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
+    <t>Presenza della funzione predominante «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -773,52 +773,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1860,297 +1860,297 @@
         <v>100.0</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>100.0</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2274769/612698</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
+            <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>