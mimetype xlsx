--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,414 +14,414 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5): nature conservation · altitudinal vegetation belts (NaiS, 3 classes) · intensity of recreational use</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...24 lines deleted...]
-    <t>intensity of recreational use</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...23 lines deleted...]
-    <t>hyperinsubric, colline, submontane</t>
+    <t>keine Erholungsnutzung</t>
+  </si>
+  <si>
+    <t>sehr gering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t>mässig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gross </t>
+  </si>
+  <si>
+    <t>sehr gross</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>montan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch, kollin, submontan</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2274803/612732</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Presence of the primary function: «nature conservation» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -773,52 +773,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1860,297 +1860,297 @@
         <v>100.0</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>100.0</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2274803/612732</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>