--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -14,414 +14,414 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>primary forest function (NFI5): nature conservation · altitudinal vegetation belts (NaiS, 3 classes) · intensity of recreational use</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura · fasce vegetazionali NaiS (3 classi) · intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...12 lines deleted...]
-    <t>yes</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>funzione predominante (IFN5): protezione della natura</t>
+  </si>
+  <si>
+    <t>sì</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>total</t>
-[...5 lines deleted...]
-    <t>intensity of recreational use</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (3 classi)</t>
+  </si>
+  <si>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...23 lines deleted...]
-    <t>hyperinsubric, colline, submontane</t>
+    <t>nessuna attività di svago</t>
+  </si>
+  <si>
+    <t>molto debole</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>forte</t>
+  </si>
+  <si>
+    <t>molto forte</t>
+  </si>
+  <si>
+    <t>subalpino</t>
+  </si>
+  <si>
+    <t>montano</t>
+  </si>
+  <si>
+    <t>iperinsubrica, collinare e submontana</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2274805/612734</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+      <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Presence of the primary function: «nature conservation» according to forest plans or an assessment by the local forest service during NFI5 (2018-2026). Reference: Forest Service Survey (MID 911: Vorrangfunktion 2)</t>
+    <t>Presenza della funzione predominante «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale al momento dell'IFN5 (2018-2026). Fonte: inchiesta presso il servizio forestale (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -773,51 +773,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
@@ -1860,297 +1860,297 @@
         <v>100.0</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>100.0</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2274805/612734</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">primary forest function (NFI5): nature conservation</t>
+            <t xml:space="preserve">funzione predominante (IFN5): protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>