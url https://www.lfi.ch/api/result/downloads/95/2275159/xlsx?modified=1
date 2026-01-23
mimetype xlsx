--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,441 +14,441 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · size classe (young forest; 5 classes) · main tree species in young forest (counting)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...17 lines deleted...]
-    <t>main tree species in young forest (counting)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...50 lines deleted...]
-    <t>DBH 8-11.9 cm</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>specie non rilevate in tutti gli inventari</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275159/613090</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+      <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Actual number of conifers and broadleaves assessed for browsing during the field survey (no extrapolation).</t>
+    <t>Numero effettivo di alberi di conifere e latifoglie che sono stati esaminati in relazione alla brucatura durante il rilievo su terreno (senza estrapolazione).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species in young forest (counting)</t>
+      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Stockable part of the accessible forest without shrub forest, i.e. accessible forest without shrub forest excluding the area of forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -800,52 +800,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -3451,297 +3451,297 @@
         <v>17517</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G117" s="6">
         <v>18081</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="118" spans="1:8" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275159/613090</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+            <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:8" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:8" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:8" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species in young forest (counting)</t>
+            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:8" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:8" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:8" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>