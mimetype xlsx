--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against rockfall (2022) · size classe (young forest; 5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di alberi con rilievo della brucatura (senza estrapol.)</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022) · classe di dimensione (bosco giovane; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...17 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro cadute di massi (2022)</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>DBH 8-11.9 cm</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>altezza 10-39 cm</t>
+  </si>
+  <si>
+    <t>altezza 40-129 cm</t>
+  </si>
+  <si>
+    <t>DPU 0-3.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 4-7.9 cm</t>
+  </si>
+  <si>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275216/613147</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+      <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #431</t>
     </r>
   </si>
   <si>
-    <t>Actual number of conifers and broadleaves assessed for browsing during the field survey (no extrapolation).</t>
+    <t>Numero effettivo di alberi di conifere e latifoglie che sono stati esaminati in relazione alla brucatura durante il rilievo su terreno (senza estrapolazione).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against rockfall (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le cadute di massi, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Stockable part of the accessible forest without shrub forest, i.e. accessible forest without shrub forest excluding the area of forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -2254,297 +2254,297 @@
         <v>17517</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="6">
         <v>18081</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275216/613147</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of trees assessed for browsing (no extrapolation)</t>
+            <t xml:space="preserve">numero di alberi con rilievo della brucatura (senza estrapol.)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #431</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against rockfall (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro cadute di massi (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="29">
       <c r="A91" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>