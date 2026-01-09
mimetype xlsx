--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -14,414 +14,414 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fonction prioritaire (IFN5): protection de la nature · étages de végétation NaiS (3 classes) · intensité de l'utilisation récréative</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz · NaiS-Vegetationshöhenstufen (3 Klassen) · Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...24 lines deleted...]
-    <t>intensité de l'utilisation récréative</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Vorrangfunktion (LFI5): Naturschutz</t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Nein</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+  </si>
+  <si>
+    <t>Intensität der Erholungsnutzung</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pas d'utilisation récréative</t>
-[...14 lines deleted...]
-    <t>très forte</t>
+    <t>keine Erholungsnutzung</t>
+  </si>
+  <si>
+    <t>sehr gering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gering </t>
+  </si>
+  <si>
+    <t>mässig</t>
+  </si>
+  <si>
+    <t xml:space="preserve">gross </t>
+  </si>
+  <si>
+    <t>sehr gross</t>
   </si>
   <si>
     <t>subalpin</t>
   </si>
   <si>
-    <t>montagnard</t>
-[...2 lines deleted...]
-    <t>hyperinsubrique, collinéen, submontagnard</t>
+    <t>montan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch, kollin, submontan</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275285/613216</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de placettes en forêt</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fonction prioritaire (IFN5): protection de la nature</t>
+      <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2761</t>
     </r>
   </si>
   <si>
-    <t>Indication dans l'IFN5 (2018-2026) de la fonction «protection de la nature» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 911: Fonction principale 2)</t>
+    <t>Vorhandensein der Vorrangfunktion «Naturschutz» gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst zum Zeitpunkt des LFI5 (2018-2026). Grundlage: Forstdienstbefragung (MID 911: Vorrangfunktion 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenés à trois classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en six classes (NAISHSTKOMB6KL), en regroupant les classes «hyperinsubrique et collinéen» et «submontagnard» dans la classe «hyperinsubrique, collinéen et submontagnard», les classes «montagnard supérieur et inférieur» et «haut-montagnard» dans la classe «montagnard», et les classes «subalpin» et «subalpin supérieur» dans la classe «subalpin». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensité de l'utilisation récréative</t>
+      <t xml:space="preserve">Intensität der Erholungsnutzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans utilisation récréative actuelle dans un rayon de 100 m autour du centre de la placette d'échantillonnage, classées selon le taux de fréquentation comme mesure de l'intensité de l'utilisation récréative. pas d'utilisation récréative: &lt;10 personnes/an, intensité de l'utilisation récréative très faible: &lt;1 personne/jour, faible: 1-10 personnes/jour, modérée: 11-100 personnes/jour, forte: 101-500 personnes/jour, très forte: &gt;500 personnes/jour, se référant à l'année entière ou à la saison déterminante en tenant compte de tous les types d'utilisation récréative. Source: enquête auprès des services forestiers (MID 330: Intensité de l'utilisation récréative actuelle)</t>
+    <t>Probeflächen ohne/mit aktueller Erholungsnutzung im Umkreis von 100 m um das Probeflächenzentrum, klassiert nach der Besucherfrequenz als Mass für die Intensität der Erholungsnutzung. keine Erholungsnutzung: &lt;10 Personen/Jahr, Intensität der Erholungsnutzung sehr gering: &lt;1 Person/Tag, gering: 1-10 Personen/Tag, mässig: 11-100 Personen/Tag, gross: 101-500 Personen/Tag, sehr gross: &gt;500 Personen/Tag bezogen auf das gesamte Jahr bzw. die massgebende Saison unter Berücksichtigung aller Arten der Erholungsnutzung. Grundlage: Forstdienstbefragung (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -774,51 +774,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
@@ -1860,297 +1860,297 @@
         <v>100.0</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="6">
         <v>100.0</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275285/613216</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de placettes en forêt</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fonction prioritaire (IFN5): protection de la nature</t>
+            <t xml:space="preserve">Vorrangfunktion (LFI5): Naturschutz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2761</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (3 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensité de l'utilisation récréative</t>
+            <t xml:space="preserve">Intensität der Erholungsnutzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>