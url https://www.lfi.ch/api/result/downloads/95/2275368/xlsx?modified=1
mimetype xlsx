--- v0 (2026-01-12)
+++ v1 (2026-03-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275368/613299</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+      <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
     <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275368/613299</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+            <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>