--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>sample size (number of forest plots)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...17 lines deleted...]
-    <t>totale</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275383/613314</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+      <t xml:space="preserve">sample size (number of forest plots)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
+    <t>Number of forest sample plots (Plots).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>0</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>3658</v>
       </c>
       <c r="GG20" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275383/613314</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+            <t xml:space="preserve">sample size (number of forest plots)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>