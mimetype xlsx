--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Ursache der Schadenfläche</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>ratio of the types of damage gaps</t>
+  </si>
+  <si>
+    <t>cause of damage gap</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,285 +373,285 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Wind</t>
-[...44 lines deleted...]
-    <t>Total</t>
+    <t>wind</t>
+  </si>
+  <si>
+    <t>snow load</t>
+  </si>
+  <si>
+    <t>avalanche</t>
+  </si>
+  <si>
+    <t>rockfall</t>
+  </si>
+  <si>
+    <t>debris flow, landslide</t>
+  </si>
+  <si>
+    <t>flood</t>
+  </si>
+  <si>
+    <t>forest fire</t>
+  </si>
+  <si>
+    <t>insects</t>
+  </si>
+  <si>
+    <t>fungi, virus, bacteria</t>
+  </si>
+  <si>
+    <t>wild animals</t>
+  </si>
+  <si>
+    <t>domestic animals</t>
+  </si>
+  <si>
+    <t>wood harvest</t>
+  </si>
+  <si>
+    <t>other human cause</t>
+  </si>
+  <si>
+    <t>loss of vitality due to drought</t>
+  </si>
+  <si>
+    <t>other loss of vitality</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275526/613457</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
+      <t xml:space="preserve">ratio of the types of damage gaps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Verhältnis der verschiedenen Schadenereignisse (z.B. Wind, Insekten), die zu Schadenflächen geführt haben. Ermittelt wird das Verhältnis anhand derjenigen Schadenflächen, die mindestens 10% der Interpretationsfläche (50 × 50 m) ausmachen und auf denen gemässs den Angaben des lokalen Forstdienstes nur ein Schadenereignis auftrat. Die Zielgrösse erlaubt so Vergleiche zwischen den Inventuren ab dem LFI3.</t>
+    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Ursache der Schadenfläche</t>
+      <t xml:space="preserve">cause of damage gap</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Ereignis, das die Schadenfläche verursachte (z.B. Sturm, Trockenheit, Insekten- oder Pilzbefall, Holzernte). Grundlage: Forstdienstbefragung (MID 600: Art der Schadenflächen)</t>
+    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1003,51 +1003,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -12061,51 +12061,51 @@
         <v>106</v>
       </c>
       <c r="GE29" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF29" s="6">
         <v>100.0</v>
       </c>
       <c r="GG29" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="21.75">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275526/613457</t>
           </r>
         </is>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
@@ -12279,191 +12279,191 @@
       <c r="FW30" s="3"/>
       <c r="FX30" s="3"/>
       <c r="FY30" s="3"/>
       <c r="FZ30" s="3"/>
       <c r="GA30" s="3"/>
       <c r="GB30" s="3"/>
       <c r="GC30" s="3"/>
       <c r="GD30" s="3"/>
       <c r="GE30" s="3"/>
       <c r="GF30" s="3"/>
       <c r="GG30" s="3"/>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Verhältnis der Schadenflächenarten</t>
+            <t xml:space="preserve">ratio of the types of damage gaps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Ursache der Schadenfläche</t>
+            <t xml:space="preserve">cause of damage gap</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:189">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:189" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>