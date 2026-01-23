--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>cause of damage gap</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione dei tipi delle aree dannegiate</t>
+  </si>
+  <si>
+    <t>causa dell'area danneggiata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,285 +373,285 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>wind</t>
-[...44 lines deleted...]
-    <t>total</t>
+    <t>vento</t>
+  </si>
+  <si>
+    <t>carico da neve</t>
+  </si>
+  <si>
+    <t>valanga</t>
+  </si>
+  <si>
+    <t>caduta di massi</t>
+  </si>
+  <si>
+    <t>colata di fango, smottamento</t>
+  </si>
+  <si>
+    <t>inondazione</t>
+  </si>
+  <si>
+    <t>incendio boschivo</t>
+  </si>
+  <si>
+    <t>insetti</t>
+  </si>
+  <si>
+    <t>funghi, virus, batteri</t>
+  </si>
+  <si>
+    <t>animali selvatici</t>
+  </si>
+  <si>
+    <t>animali domestici</t>
+  </si>
+  <si>
+    <t>raccolta del legname</t>
+  </si>
+  <si>
+    <t>altre cause umane</t>
+  </si>
+  <si>
+    <t>perdita di vitalità dovuta a siccità</t>
+  </si>
+  <si>
+    <t>altre perdite di vitalità</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275526/613457</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ratio of the types of damage gaps</t>
+      <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
+    <t>Proporzione dei diversi tipi di danno (ad es. vento, insetti), che hanno causato un'area danneggiata. Per determinare la proporzione vengono prese in considerazione le aree danneggiate che rappresentano almeno il 10% dell'area di interpretazione (50 × 50 m) e sulle quali - secondo le indicazioni del servizio forestale locale - è avvenuto un solo evento che le ha danneggiate. Questa variabile target permette di confrontare i risultati a partire dall'IFN3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage gap</t>
+      <t xml:space="preserve">causa dell'area danneggiata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
+    <t>Evento che ha causato l'area danneggiata (ad es. tempesta, siccità, infestazione di insetti o funghi, raccolta del legname). Fonte: inchiesta presso il servizio forestale (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1003,51 +1003,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -12061,51 +12061,51 @@
         <v>106</v>
       </c>
       <c r="GE29" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF29" s="6">
         <v>100.0</v>
       </c>
       <c r="GG29" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="21.75">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275526/613457</t>
           </r>
         </is>
       </c>
       <c r="B30" s="3"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
@@ -12279,191 +12279,191 @@
       <c r="FW30" s="3"/>
       <c r="FX30" s="3"/>
       <c r="FY30" s="3"/>
       <c r="FZ30" s="3"/>
       <c r="GA30" s="3"/>
       <c r="GB30" s="3"/>
       <c r="GC30" s="3"/>
       <c r="GD30" s="3"/>
       <c r="GE30" s="3"/>
       <c r="GF30" s="3"/>
       <c r="GG30" s="3"/>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ratio of the types of damage gaps</t>
+            <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage gap</t>
+            <t xml:space="preserve">causa dell'area danneggiata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="45" spans="1:189">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:189" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>