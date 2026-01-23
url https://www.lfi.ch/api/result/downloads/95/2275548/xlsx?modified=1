--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>sample size (number of forest plots)</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275548/613479</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+      <t xml:space="preserve">sample size (number of forest plots)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
+    <t>Number of forest sample plots (Plots).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275548/613479</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stichprobengrösse (Anzahl Waldprobeflächen)</t>
+            <t xml:space="preserve">sample size (number of forest plots)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>