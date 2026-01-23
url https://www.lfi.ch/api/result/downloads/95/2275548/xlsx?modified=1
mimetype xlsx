--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>dimensioni del campionamento (numero di aree di saggio in bosco)</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275548/613479</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sample size (number of forest plots)</t>
+      <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #125</t>
     </r>
   </si>
   <si>
-    <t>Number of forest sample plots (Plots).</t>
+    <t>Anzahl Probeflächen (Plots), die im Rahmen der LFI-Erhebungen aufgenommen wurden (Stichprobengrösse). Die Messungen auf diesen Probeflächen bilden die Grundlage für die statistischen Schätzungen (Hochrechnungen) des LFI über den Schweizer Wald.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275548/613479</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sample size (number of forest plots)</t>
+            <t xml:space="preserve">dimensioni del campionamento (numero di aree di saggio in bosco)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #125</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>