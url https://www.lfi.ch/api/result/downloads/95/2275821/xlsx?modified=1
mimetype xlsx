--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>étages de végétation NaiS (10 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total basal area</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,270 +373,270 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
-[...26 lines deleted...]
-    <t>hyperinsubrique (S)</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275821/613752</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière totale</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm DHP. La surface terrière totale est la somme de la surface terrière et de la surface terrière du bois mort.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -988,51 +988,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -9201,51 +9201,51 @@
         <v>0.0</v>
       </c>
       <c r="GE24" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF24" s="6">
         <v>34.0</v>
       </c>
       <c r="GG24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275821/613752</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -9419,191 +9419,191 @@
       <c r="FW25" s="3"/>
       <c r="FX25" s="3"/>
       <c r="FY25" s="3"/>
       <c r="FZ25" s="3"/>
       <c r="GA25" s="3"/>
       <c r="GB25" s="3"/>
       <c r="GC25" s="3"/>
       <c r="GD25" s="3"/>
       <c r="GE25" s="3"/>
       <c r="GF25" s="3"/>
       <c r="GG25" s="3"/>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière totale</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>