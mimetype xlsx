--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre de microhabitats sur les arbres vifs sur pied</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...5 lines deleted...]
-    <t>Stk./ha</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275962/613893</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+      <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Nombre de microhabitats sur des arbres et arbustes vifs sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Sont considérés comme microhabitats: fructification de champignons, tronc recouvert à plus de 10% de mousses, de lichens ou de lierre, loge de pic, cavité peu profonde, large fente, poche d'écorce, bris récent, dendrotelme, chancre ou loupe, concavité racinaire, cavité profonde, bois exposé (d'une surface supérieure à la paume d'une main), cime sèche, coulée de résine, dégâts d'insectes (pied de tronc/tronc/tige), &gt;20% de branches sèches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,238 +964,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -4625,51 +4625,51 @@
         <v>0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>347</v>
       </c>
       <c r="GG16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275962/613893</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+            <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>