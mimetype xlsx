--- v1 (2026-01-09)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of microhabitats on standing living trees</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...2 lines deleted...]
-    <t>zones supérieures</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2275962/613893</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
+      <t xml:space="preserve">number of microhabitats on standing living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Nombre de microhabitats sur des arbres et arbustes vifs sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Sont considérés comme microhabitats: fructification de champignons, tronc recouvert à plus de 10% de mousses, de lichens ou de lierre, loge de pic, cavité peu profonde, large fente, poche d'écorce, bris récent, dendrotelme, chancre ou loupe, concavité racinaire, cavité profonde, bois exposé (d'une surface supérieure à la paume d'une main), cime sèche, coulée de résine, dégâts d'insectes (pied de tronc/tronc/tige), &gt;20% de branches sèches.</t>
+    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>347</v>
       </c>
       <c r="GG16" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2275962/613893</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de microhabitats sur les arbres vifs sur pied</t>
+            <t xml:space="preserve">number of microhabitats on standing living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>