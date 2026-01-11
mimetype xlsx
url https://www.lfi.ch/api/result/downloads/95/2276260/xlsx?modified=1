--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022) · basal area (standing-living - in 4 classes)</t>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · area basimetrica (alberi vivi in piedi; 4 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,293 +373,293 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022)</t>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
   </si>
   <si>
-    <t>basal area (standing-living - in 4 classes)</t>
+    <t>area basimetrica (alberi vivi in piedi; 4 classi)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>=19 m2/ha</t>
   </si>
   <si>
     <t>20-39 m2/ha</t>
   </si>
   <si>
     <t>40-59 m2/ha</t>
   </si>
   <si>
     <t>=60 m2/ha</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>all'interno</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276260/614191</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against channel processes (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+      <t xml:space="preserve">area basimetrica (alberi vivi in piedi; 4 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1328</t>
     </r>
   </si>
   <si>
-    <t>Basal area of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in four classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Area basimetrica all'ettaro degli alberi e arbusti vivi in piedi con diametro a petto d'uomo (DPU) di almeno 12 cm, in quattro classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1014,52 +1014,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="61.128" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -16093,51 +16093,51 @@
         <v>0.0</v>
       </c>
       <c r="GF36" s="7" t="s">
         <v>108</v>
       </c>
       <c r="GG36" s="7">
         <v>1211.5</v>
       </c>
       <c r="GH36" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276260/614191</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -16311,226 +16311,226 @@
       <c r="FX37" s="3"/>
       <c r="FY37" s="3"/>
       <c r="FZ37" s="3"/>
       <c r="GA37" s="3"/>
       <c r="GB37" s="3"/>
       <c r="GC37" s="3"/>
       <c r="GD37" s="3"/>
       <c r="GE37" s="3"/>
       <c r="GF37" s="3"/>
       <c r="GG37" s="3"/>
       <c r="GH37" s="3"/>
     </row>
     <row r="40" spans="1:190">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:190" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:190">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against channel processes (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:190" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:190">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area (standing-living - in 4 classes)</t>
+            <t xml:space="preserve">area basimetrica (alberi vivi in piedi; 4 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1328</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:190" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:190">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:190" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:190">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:190">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:190" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>