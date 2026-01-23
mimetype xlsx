--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,279 +373,279 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276512/614443</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -997,51 +997,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -10917,51 +10917,51 @@
         <v>0.0</v>
       </c>
       <c r="GE27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF27" s="6">
         <v>32.4</v>
       </c>
       <c r="GG27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276512/614443</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -11135,191 +11135,191 @@
       <c r="FW28" s="3"/>
       <c r="FX28" s="3"/>
       <c r="FY28" s="3"/>
       <c r="FZ28" s="3"/>
       <c r="GA28" s="3"/>
       <c r="GB28" s="3"/>
       <c r="GC28" s="3"/>
       <c r="GD28" s="3"/>
       <c r="GE28" s="3"/>
       <c r="GF28" s="3"/>
       <c r="GG28" s="3"/>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:189">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:189" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>