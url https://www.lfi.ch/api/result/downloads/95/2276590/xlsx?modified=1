--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>protection forest against hillslope debris flows/landslides (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,299 +373,299 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>protection forest against hillslope debris flows/landslides (2022)</t>
+    <t>Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>obersubalpin</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>hochmontan</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>unter- und obermontan</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontan</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>innerhalb</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276590/614521</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Hangmuren/Rutschungen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1017,52 +1017,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -20656,51 +20656,51 @@
         <v>0.0</v>
       </c>
       <c r="GF44" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG44" s="6">
         <v>31.1</v>
       </c>
       <c r="GH44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276590/614521</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -20874,226 +20874,226 @@
       <c r="FX45" s="3"/>
       <c r="FY45" s="3"/>
       <c r="FZ45" s="3"/>
       <c r="GA45" s="3"/>
       <c r="GB45" s="3"/>
       <c r="GC45" s="3"/>
       <c r="GD45" s="3"/>
       <c r="GE45" s="3"/>
       <c r="GF45" s="3"/>
       <c r="GG45" s="3"/>
       <c r="GH45" s="3"/>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Hangmuren/Rutschungen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="54" spans="1:190">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:190" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="57" spans="1:190">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:190" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="60" spans="1:190">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:190" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:190">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:190" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>