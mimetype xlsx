--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>tree species (56 classes)</t>
+    <t>Baumart (56 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,102 +373,102 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelbäume</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -493,288 +493,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (übrige)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (übrige)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubbäume</t>
   </si>
   <si>
-    <t>other shrubs</t>
+    <t>übrige Sträucher</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276767/614698</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">Baumart (56 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in 56 Klassen. Die nicht explizit aufgeführten Arten(gruppen) sind in den Klassen «übrige Nadelbäume», übrige Laubbäume» und «übrige Sträucher» zusammengefasst. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -35513,51 +35513,51 @@
         <v>0.0</v>
       </c>
       <c r="GE70" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF70" s="6">
         <v>30.7</v>
       </c>
       <c r="GG70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:189" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276767/614698</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -35731,191 +35731,191 @@
       <c r="FW71" s="3"/>
       <c r="FX71" s="3"/>
       <c r="FY71" s="3"/>
       <c r="FZ71" s="3"/>
       <c r="GA71" s="3"/>
       <c r="GB71" s="3"/>
       <c r="GC71" s="3"/>
       <c r="GD71" s="3"/>
       <c r="GE71" s="3"/>
       <c r="GF71" s="3"/>
       <c r="GG71" s="3"/>
     </row>
     <row r="74" spans="1:189">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:189" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:189">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">Baumart (56 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:189" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:189">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:189" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:189">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:189" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:189">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:189" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>174</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>