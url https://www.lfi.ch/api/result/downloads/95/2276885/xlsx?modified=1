--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>nombre de tiges</t>
-[...2 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>arrondissement forestier (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
-[...2 lines deleted...]
-    <t>Suisse</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276885/614816</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges de tous les arbres et arbustes vifs (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276885/614816</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>