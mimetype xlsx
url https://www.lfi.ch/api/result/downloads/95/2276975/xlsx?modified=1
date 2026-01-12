--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -12,133 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
-[...7 lines deleted...]
-    <t>proprietà (2 classi) · stato dell'albero (vivo/morto)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total number of stems</t>
+  </si>
+  <si>
+    <t>ownership (2 categories) · tree state (living/dead)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,287 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...8 lines deleted...]
-    <t>stato dell'albero (vivo/morto)</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
+  </si>
+  <si>
+    <t>tree state (living/dead)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vivo</t>
-[...11 lines deleted...]
-    <t>privata</t>
+    <t>living</t>
+  </si>
+  <si>
+    <t>dead</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2276975/614906</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero totale di fusti</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il numero totale di fusti corrisponde alla somma del numero di fusti e del numero di fusti morti.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
+      <t xml:space="preserve">tree state (living/dead)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1005,52 +1008,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2388,2903 +2391,2903 @@
       </c>
       <c r="GC12" s="4" t="s">
         <v>105</v>
       </c>
       <c r="GD12" s="4" t="s">
         <v>106</v>
       </c>
       <c r="GE12" s="4" t="s">
         <v>105</v>
       </c>
       <c r="GF12" s="4" t="s">
         <v>106</v>
       </c>
       <c r="GG12" s="4" t="s">
         <v>105</v>
       </c>
       <c r="GH12" s="4" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:190">
       <c r="A13" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q13" s="6">
         <v>0.0</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U13" s="6">
         <v>0.0</v>
       </c>
       <c r="V13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W13" s="6">
         <v>0.0</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y13" s="6">
         <v>0.0</v>
       </c>
       <c r="Z13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA13" s="6">
         <v>0.0</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC13" s="6">
         <v>0.0</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE13" s="6">
         <v>0.0</v>
       </c>
       <c r="AF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG13" s="6">
         <v>0.0</v>
       </c>
       <c r="AH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI13" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK13" s="6">
         <v>0.0</v>
       </c>
       <c r="AL13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM13" s="6">
         <v>0.0</v>
       </c>
       <c r="AN13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO13" s="6">
         <v>0.0</v>
       </c>
       <c r="AP13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="AR13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS13" s="6">
         <v>0.0</v>
       </c>
       <c r="AT13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU13" s="6">
         <v>0.0</v>
       </c>
       <c r="AV13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW13" s="6">
         <v>0.0</v>
       </c>
       <c r="AX13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY13" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA13" s="6">
         <v>0.0</v>
       </c>
       <c r="BB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC13" s="6">
         <v>0.0</v>
       </c>
       <c r="BD13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE13" s="6">
         <v>0.0</v>
       </c>
       <c r="BF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG13" s="6">
         <v>0.0</v>
       </c>
       <c r="BH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI13" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK13" s="6">
         <v>0.0</v>
       </c>
       <c r="BL13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM13" s="6">
         <v>0.0</v>
       </c>
       <c r="BN13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO13" s="6">
         <v>0.0</v>
       </c>
       <c r="BP13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="BR13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS13" s="6">
         <v>0.0</v>
       </c>
       <c r="BT13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU13" s="6">
         <v>0.0</v>
       </c>
       <c r="BV13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW13" s="6">
         <v>0.0</v>
       </c>
       <c r="BX13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY13" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA13" s="6">
         <v>0.0</v>
       </c>
       <c r="CB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC13" s="6">
         <v>0.0</v>
       </c>
       <c r="CD13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE13" s="6">
         <v>0.0</v>
       </c>
       <c r="CF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG13" s="6">
         <v>0.0</v>
       </c>
       <c r="CH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI13" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK13" s="6">
         <v>0.0</v>
       </c>
       <c r="CL13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM13" s="6">
         <v>0.0</v>
       </c>
       <c r="CN13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO13" s="6">
         <v>0.0</v>
       </c>
       <c r="CP13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="CR13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS13" s="6">
         <v>0.0</v>
       </c>
       <c r="CT13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU13" s="6">
         <v>0.0</v>
       </c>
       <c r="CV13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW13" s="6">
         <v>0.0</v>
       </c>
       <c r="CX13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY13" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA13" s="6">
         <v>0.0</v>
       </c>
       <c r="DB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC13" s="6">
         <v>0.0</v>
       </c>
       <c r="DD13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE13" s="6">
         <v>0.0</v>
       </c>
       <c r="DF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG13" s="6">
         <v>0.0</v>
       </c>
       <c r="DH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI13" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK13" s="6">
         <v>0.0</v>
       </c>
       <c r="DL13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM13" s="6">
         <v>0.0</v>
       </c>
       <c r="DN13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO13" s="6">
         <v>0.0</v>
       </c>
       <c r="DP13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="DR13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS13" s="6">
         <v>0.0</v>
       </c>
       <c r="DT13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU13" s="6">
         <v>0.0</v>
       </c>
       <c r="DV13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW13" s="6">
         <v>0.0</v>
       </c>
       <c r="DX13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY13" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA13" s="6">
         <v>0.0</v>
       </c>
       <c r="EB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC13" s="6">
         <v>0.0</v>
       </c>
       <c r="ED13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE13" s="6">
         <v>0.0</v>
       </c>
       <c r="EF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG13" s="6">
         <v>0.0</v>
       </c>
       <c r="EH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI13" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK13" s="6">
         <v>0.0</v>
       </c>
       <c r="EL13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM13" s="6">
         <v>0.0</v>
       </c>
       <c r="EN13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO13" s="6">
         <v>0.0</v>
       </c>
       <c r="EP13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="ER13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES13" s="6">
         <v>0.0</v>
       </c>
       <c r="ET13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU13" s="6">
         <v>0.0</v>
       </c>
       <c r="EV13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW13" s="6">
         <v>0.0</v>
       </c>
       <c r="EX13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY13" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA13" s="6">
         <v>0.0</v>
       </c>
       <c r="FB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC13" s="6">
         <v>0.0</v>
       </c>
       <c r="FD13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE13" s="6">
         <v>0.0</v>
       </c>
       <c r="FF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG13" s="6">
         <v>0.0</v>
       </c>
       <c r="FH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI13" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK13" s="6">
         <v>0.0</v>
       </c>
       <c r="FL13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM13" s="6">
         <v>0.0</v>
       </c>
       <c r="FN13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO13" s="6">
         <v>0.0</v>
       </c>
       <c r="FP13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="FR13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS13" s="6">
         <v>0.0</v>
       </c>
       <c r="FT13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU13" s="6">
         <v>0.0</v>
       </c>
       <c r="FV13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW13" s="6">
         <v>0.0</v>
       </c>
       <c r="FX13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY13" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA13" s="6">
         <v>0.0</v>
       </c>
       <c r="GB13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC13" s="6">
         <v>0.0</v>
       </c>
       <c r="GD13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG13" s="6">
         <v>0.0</v>
       </c>
       <c r="GH13" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:190">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG14" s="6">
         <v>0.0</v>
       </c>
       <c r="AH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI14" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK14" s="6">
         <v>0.0</v>
       </c>
       <c r="AL14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM14" s="6">
         <v>0.0</v>
       </c>
       <c r="AN14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO14" s="6">
         <v>0.0</v>
       </c>
       <c r="AP14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="AR14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS14" s="6">
         <v>0.0</v>
       </c>
       <c r="AT14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU14" s="6">
         <v>0.0</v>
       </c>
       <c r="AV14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW14" s="6">
         <v>0.0</v>
       </c>
       <c r="AX14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY14" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA14" s="6">
         <v>0.0</v>
       </c>
       <c r="BB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC14" s="6">
         <v>0.0</v>
       </c>
       <c r="BD14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE14" s="6">
         <v>0.0</v>
       </c>
       <c r="BF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG14" s="6">
         <v>0.0</v>
       </c>
       <c r="BH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI14" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK14" s="6">
         <v>0.0</v>
       </c>
       <c r="BL14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM14" s="6">
         <v>0.0</v>
       </c>
       <c r="BN14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO14" s="6">
         <v>0.0</v>
       </c>
       <c r="BP14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="BR14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS14" s="6">
         <v>0.0</v>
       </c>
       <c r="BT14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU14" s="6">
         <v>0.0</v>
       </c>
       <c r="BV14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW14" s="6">
         <v>0.0</v>
       </c>
       <c r="BX14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY14" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA14" s="6">
         <v>0.0</v>
       </c>
       <c r="CB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC14" s="6">
         <v>0.0</v>
       </c>
       <c r="CD14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE14" s="6">
         <v>0.0</v>
       </c>
       <c r="CF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG14" s="6">
         <v>0.0</v>
       </c>
       <c r="CH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI14" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK14" s="6">
         <v>0.0</v>
       </c>
       <c r="CL14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM14" s="6">
         <v>0.0</v>
       </c>
       <c r="CN14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO14" s="6">
         <v>0.0</v>
       </c>
       <c r="CP14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="CR14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS14" s="6">
         <v>0.0</v>
       </c>
       <c r="CT14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU14" s="6">
         <v>0.0</v>
       </c>
       <c r="CV14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW14" s="6">
         <v>0.0</v>
       </c>
       <c r="CX14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY14" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA14" s="6">
         <v>0.0</v>
       </c>
       <c r="DB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC14" s="6">
         <v>0.0</v>
       </c>
       <c r="DD14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE14" s="6">
         <v>0.0</v>
       </c>
       <c r="DF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG14" s="6">
         <v>0.0</v>
       </c>
       <c r="DH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI14" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK14" s="6">
         <v>0.0</v>
       </c>
       <c r="DL14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM14" s="6">
         <v>0.0</v>
       </c>
       <c r="DN14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO14" s="6">
         <v>0.0</v>
       </c>
       <c r="DP14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="DR14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS14" s="6">
         <v>0.0</v>
       </c>
       <c r="DT14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU14" s="6">
         <v>0.0</v>
       </c>
       <c r="DV14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW14" s="6">
         <v>0.0</v>
       </c>
       <c r="DX14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY14" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA14" s="6">
         <v>0.0</v>
       </c>
       <c r="EB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC14" s="6">
         <v>0.0</v>
       </c>
       <c r="ED14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE14" s="6">
         <v>0.0</v>
       </c>
       <c r="EF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG14" s="6">
         <v>0.0</v>
       </c>
       <c r="EH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI14" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK14" s="6">
         <v>0.0</v>
       </c>
       <c r="EL14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM14" s="6">
         <v>0.0</v>
       </c>
       <c r="EN14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO14" s="6">
         <v>0.0</v>
       </c>
       <c r="EP14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="ER14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES14" s="6">
         <v>0.0</v>
       </c>
       <c r="ET14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU14" s="6">
         <v>0.0</v>
       </c>
       <c r="EV14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW14" s="6">
         <v>0.0</v>
       </c>
       <c r="EX14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY14" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA14" s="6">
         <v>0.0</v>
       </c>
       <c r="FB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC14" s="6">
         <v>0.0</v>
       </c>
       <c r="FD14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE14" s="6">
         <v>0.0</v>
       </c>
       <c r="FF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG14" s="6">
         <v>0.0</v>
       </c>
       <c r="FH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI14" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK14" s="6">
         <v>0.0</v>
       </c>
       <c r="FL14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM14" s="6">
         <v>0.0</v>
       </c>
       <c r="FN14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO14" s="6">
         <v>0.0</v>
       </c>
       <c r="FP14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="FR14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS14" s="6">
         <v>0.0</v>
       </c>
       <c r="FT14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU14" s="6">
         <v>0.0</v>
       </c>
       <c r="FV14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW14" s="6">
         <v>0.0</v>
       </c>
       <c r="FX14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY14" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA14" s="6">
         <v>0.0</v>
       </c>
       <c r="GB14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC14" s="6">
         <v>0.0</v>
       </c>
       <c r="GD14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG14" s="6">
         <v>0.0</v>
       </c>
       <c r="GH14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="1:190">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG15" s="6">
         <v>0.0</v>
       </c>
       <c r="AH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI15" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK15" s="6">
         <v>0.0</v>
       </c>
       <c r="AL15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM15" s="6">
         <v>0.0</v>
       </c>
       <c r="AN15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO15" s="6">
         <v>0.0</v>
       </c>
       <c r="AP15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="AR15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS15" s="6">
         <v>0.0</v>
       </c>
       <c r="AT15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU15" s="6">
         <v>0.0</v>
       </c>
       <c r="AV15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW15" s="6">
         <v>0.0</v>
       </c>
       <c r="AX15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY15" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA15" s="6">
         <v>0.0</v>
       </c>
       <c r="BB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC15" s="6">
         <v>0.0</v>
       </c>
       <c r="BD15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE15" s="6">
         <v>0.0</v>
       </c>
       <c r="BF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG15" s="6">
         <v>0.0</v>
       </c>
       <c r="BH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI15" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK15" s="6">
         <v>0.0</v>
       </c>
       <c r="BL15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM15" s="6">
         <v>0.0</v>
       </c>
       <c r="BN15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO15" s="6">
         <v>0.0</v>
       </c>
       <c r="BP15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="BR15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS15" s="6">
         <v>0.0</v>
       </c>
       <c r="BT15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU15" s="6">
         <v>0.0</v>
       </c>
       <c r="BV15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW15" s="6">
         <v>0.0</v>
       </c>
       <c r="BX15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY15" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA15" s="6">
         <v>0.0</v>
       </c>
       <c r="CB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC15" s="6">
         <v>0.0</v>
       </c>
       <c r="CD15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE15" s="6">
         <v>0.0</v>
       </c>
       <c r="CF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG15" s="6">
         <v>0.0</v>
       </c>
       <c r="CH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI15" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK15" s="6">
         <v>0.0</v>
       </c>
       <c r="CL15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM15" s="6">
         <v>0.0</v>
       </c>
       <c r="CN15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO15" s="6">
         <v>0.0</v>
       </c>
       <c r="CP15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="CR15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS15" s="6">
         <v>0.0</v>
       </c>
       <c r="CT15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU15" s="6">
         <v>0.0</v>
       </c>
       <c r="CV15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW15" s="6">
         <v>0.0</v>
       </c>
       <c r="CX15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY15" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA15" s="6">
         <v>0.0</v>
       </c>
       <c r="DB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC15" s="6">
         <v>0.0</v>
       </c>
       <c r="DD15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE15" s="6">
         <v>0.0</v>
       </c>
       <c r="DF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG15" s="6">
         <v>0.0</v>
       </c>
       <c r="DH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI15" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK15" s="6">
         <v>0.0</v>
       </c>
       <c r="DL15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM15" s="6">
         <v>0.0</v>
       </c>
       <c r="DN15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO15" s="6">
         <v>0.0</v>
       </c>
       <c r="DP15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="DR15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS15" s="6">
         <v>0.0</v>
       </c>
       <c r="DT15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU15" s="6">
         <v>0.0</v>
       </c>
       <c r="DV15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW15" s="6">
         <v>0.0</v>
       </c>
       <c r="DX15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY15" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA15" s="6">
         <v>0.0</v>
       </c>
       <c r="EB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC15" s="6">
         <v>0.0</v>
       </c>
       <c r="ED15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE15" s="6">
         <v>0.0</v>
       </c>
       <c r="EF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG15" s="6">
         <v>0.0</v>
       </c>
       <c r="EH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI15" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK15" s="6">
         <v>0.0</v>
       </c>
       <c r="EL15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM15" s="6">
         <v>0.0</v>
       </c>
       <c r="EN15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO15" s="6">
         <v>0.0</v>
       </c>
       <c r="EP15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="ER15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES15" s="6">
         <v>0.0</v>
       </c>
       <c r="ET15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU15" s="6">
         <v>0.0</v>
       </c>
       <c r="EV15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW15" s="6">
         <v>0.0</v>
       </c>
       <c r="EX15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY15" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA15" s="6">
         <v>0.0</v>
       </c>
       <c r="FB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC15" s="6">
         <v>0.0</v>
       </c>
       <c r="FD15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE15" s="6">
         <v>0.0</v>
       </c>
       <c r="FF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG15" s="6">
         <v>0.0</v>
       </c>
       <c r="FH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI15" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK15" s="6">
         <v>0.0</v>
       </c>
       <c r="FL15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM15" s="6">
         <v>0.0</v>
       </c>
       <c r="FN15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO15" s="6">
         <v>0.0</v>
       </c>
       <c r="FP15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="FR15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS15" s="6">
         <v>0.0</v>
       </c>
       <c r="FT15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU15" s="6">
         <v>0.0</v>
       </c>
       <c r="FV15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW15" s="6">
         <v>0.0</v>
       </c>
       <c r="FX15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY15" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA15" s="6">
         <v>0.0</v>
       </c>
       <c r="GB15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC15" s="6">
         <v>0.0</v>
       </c>
       <c r="GD15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG15" s="6">
         <v>0.0</v>
       </c>
       <c r="GH15" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:190">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG16" s="6">
         <v>0.0</v>
       </c>
       <c r="AH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI16" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK16" s="6">
         <v>0.0</v>
       </c>
       <c r="AL16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM16" s="6">
         <v>0.0</v>
       </c>
       <c r="AN16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO16" s="6">
         <v>0.0</v>
       </c>
       <c r="AP16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="AR16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS16" s="6">
         <v>0.0</v>
       </c>
       <c r="AT16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU16" s="6">
         <v>0.0</v>
       </c>
       <c r="AV16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW16" s="6">
         <v>0.0</v>
       </c>
       <c r="AX16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY16" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA16" s="6">
         <v>0.0</v>
       </c>
       <c r="BB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC16" s="6">
         <v>0.0</v>
       </c>
       <c r="BD16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE16" s="6">
         <v>0.0</v>
       </c>
       <c r="BF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG16" s="6">
         <v>0.0</v>
       </c>
       <c r="BH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI16" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK16" s="6">
         <v>0.0</v>
       </c>
       <c r="BL16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM16" s="6">
         <v>0.0</v>
       </c>
       <c r="BN16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO16" s="6">
         <v>0.0</v>
       </c>
       <c r="BP16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="BR16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS16" s="6">
         <v>0.0</v>
       </c>
       <c r="BT16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU16" s="6">
         <v>0.0</v>
       </c>
       <c r="BV16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW16" s="6">
         <v>0.0</v>
       </c>
       <c r="BX16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY16" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA16" s="6">
         <v>0.0</v>
       </c>
       <c r="CB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC16" s="6">
         <v>0.0</v>
       </c>
       <c r="CD16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE16" s="6">
         <v>0.0</v>
       </c>
       <c r="CF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG16" s="6">
         <v>0.0</v>
       </c>
       <c r="CH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI16" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK16" s="6">
         <v>0.0</v>
       </c>
       <c r="CL16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM16" s="6">
         <v>0.0</v>
       </c>
       <c r="CN16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO16" s="6">
         <v>0.0</v>
       </c>
       <c r="CP16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="CR16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS16" s="6">
         <v>0.0</v>
       </c>
       <c r="CT16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU16" s="6">
         <v>0.0</v>
       </c>
       <c r="CV16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW16" s="6">
         <v>0.0</v>
       </c>
       <c r="CX16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY16" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA16" s="6">
         <v>0.0</v>
       </c>
       <c r="DB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC16" s="6">
         <v>0.0</v>
       </c>
       <c r="DD16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE16" s="6">
         <v>0.0</v>
       </c>
       <c r="DF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG16" s="6">
         <v>0.0</v>
       </c>
       <c r="DH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI16" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK16" s="6">
         <v>0.0</v>
       </c>
       <c r="DL16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM16" s="6">
         <v>0.0</v>
       </c>
       <c r="DN16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO16" s="6">
         <v>0.0</v>
       </c>
       <c r="DP16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="DR16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS16" s="6">
         <v>0.0</v>
       </c>
       <c r="DT16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU16" s="6">
         <v>0.0</v>
       </c>
       <c r="DV16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW16" s="6">
         <v>0.0</v>
       </c>
       <c r="DX16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY16" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA16" s="6">
         <v>0.0</v>
       </c>
       <c r="EB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC16" s="6">
         <v>0.0</v>
       </c>
       <c r="ED16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE16" s="6">
         <v>0.0</v>
       </c>
       <c r="EF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG16" s="6">
         <v>0.0</v>
       </c>
       <c r="EH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI16" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK16" s="6">
         <v>0.0</v>
       </c>
       <c r="EL16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM16" s="6">
         <v>0.0</v>
       </c>
       <c r="EN16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO16" s="6">
         <v>0.0</v>
       </c>
       <c r="EP16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="ER16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES16" s="6">
         <v>0.0</v>
       </c>
       <c r="ET16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU16" s="6">
         <v>0.0</v>
       </c>
       <c r="EV16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW16" s="6">
         <v>0.0</v>
       </c>
       <c r="EX16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY16" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA16" s="6">
         <v>0.0</v>
       </c>
       <c r="FB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC16" s="6">
         <v>0.0</v>
       </c>
       <c r="FD16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE16" s="6">
         <v>0.0</v>
       </c>
       <c r="FF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG16" s="6">
         <v>0.0</v>
       </c>
       <c r="FH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI16" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK16" s="6">
         <v>0.0</v>
       </c>
       <c r="FL16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM16" s="6">
         <v>0.0</v>
       </c>
       <c r="FN16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO16" s="6">
         <v>0.0</v>
       </c>
       <c r="FP16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="FR16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS16" s="6">
         <v>0.0</v>
       </c>
       <c r="FT16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU16" s="6">
         <v>0.0</v>
       </c>
       <c r="FV16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW16" s="6">
         <v>0.0</v>
       </c>
       <c r="FX16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY16" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA16" s="6">
         <v>0.0</v>
       </c>
       <c r="GB16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC16" s="6">
         <v>0.0</v>
       </c>
       <c r="GD16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG16" s="6">
         <v>0.0</v>
       </c>
       <c r="GH16" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:190">
       <c r="A17" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG17" s="6">
         <v>0.0</v>
       </c>
       <c r="AH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI17" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK17" s="6">
         <v>0.0</v>
       </c>
       <c r="AL17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM17" s="6">
         <v>0.0</v>
       </c>
       <c r="AN17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO17" s="6">
         <v>0.0</v>
       </c>
       <c r="AP17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="AR17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS17" s="6">
         <v>0.0</v>
       </c>
       <c r="AT17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU17" s="6">
         <v>0.0</v>
       </c>
       <c r="AV17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW17" s="6">
         <v>0.0</v>
       </c>
       <c r="AX17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY17" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA17" s="6">
         <v>0.0</v>
       </c>
       <c r="BB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC17" s="6">
         <v>0.0</v>
       </c>
       <c r="BD17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE17" s="6">
         <v>0.0</v>
       </c>
       <c r="BF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG17" s="6">
         <v>0.0</v>
       </c>
       <c r="BH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI17" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK17" s="6">
         <v>0.0</v>
       </c>
       <c r="BL17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM17" s="6">
         <v>0.0</v>
       </c>
       <c r="BN17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO17" s="6">
         <v>0.0</v>
       </c>
       <c r="BP17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="BR17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS17" s="6">
         <v>0.0</v>
       </c>
       <c r="BT17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU17" s="6">
         <v>0.0</v>
       </c>
       <c r="BV17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW17" s="6">
         <v>0.0</v>
       </c>
       <c r="BX17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY17" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA17" s="6">
         <v>0.0</v>
       </c>
       <c r="CB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC17" s="6">
         <v>0.0</v>
       </c>
       <c r="CD17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE17" s="6">
         <v>0.0</v>
       </c>
       <c r="CF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG17" s="6">
         <v>0.0</v>
       </c>
       <c r="CH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI17" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK17" s="6">
         <v>0.0</v>
       </c>
       <c r="CL17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM17" s="6">
         <v>0.0</v>
       </c>
       <c r="CN17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO17" s="6">
         <v>0.0</v>
       </c>
       <c r="CP17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="CR17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS17" s="6">
         <v>0.0</v>
       </c>
       <c r="CT17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU17" s="6">
         <v>0.0</v>
       </c>
       <c r="CV17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW17" s="6">
         <v>0.0</v>
       </c>
       <c r="CX17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY17" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA17" s="6">
         <v>0.0</v>
       </c>
       <c r="DB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC17" s="6">
         <v>0.0</v>
       </c>
       <c r="DD17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE17" s="6">
         <v>0.0</v>
       </c>
       <c r="DF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG17" s="6">
         <v>0.0</v>
       </c>
       <c r="DH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI17" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK17" s="6">
         <v>0.0</v>
       </c>
       <c r="DL17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM17" s="6">
         <v>0.0</v>
       </c>
       <c r="DN17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO17" s="6">
         <v>0.0</v>
       </c>
       <c r="DP17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="DR17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS17" s="6">
         <v>0.0</v>
       </c>
       <c r="DT17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU17" s="6">
         <v>0.0</v>
       </c>
       <c r="DV17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW17" s="6">
         <v>0.0</v>
       </c>
       <c r="DX17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY17" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA17" s="6">
         <v>0.0</v>
       </c>
       <c r="EB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC17" s="6">
         <v>0.0</v>
       </c>
       <c r="ED17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE17" s="6">
         <v>0.0</v>
       </c>
       <c r="EF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG17" s="6">
         <v>0.0</v>
       </c>
       <c r="EH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI17" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK17" s="6">
         <v>0.0</v>
       </c>
       <c r="EL17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM17" s="6">
         <v>0.0</v>
       </c>
       <c r="EN17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO17" s="6">
         <v>0.0</v>
       </c>
       <c r="EP17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="ER17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES17" s="6">
         <v>0.0</v>
       </c>
       <c r="ET17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU17" s="6">
         <v>0.0</v>
       </c>
       <c r="EV17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW17" s="6">
         <v>0.0</v>
       </c>
       <c r="EX17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY17" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA17" s="6">
         <v>0.0</v>
       </c>
       <c r="FB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC17" s="6">
         <v>0.0</v>
       </c>
       <c r="FD17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE17" s="6">
         <v>0.0</v>
       </c>
       <c r="FF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG17" s="6">
         <v>0.0</v>
       </c>
       <c r="FH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI17" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK17" s="6">
         <v>0.0</v>
       </c>
       <c r="FL17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM17" s="6">
         <v>0.0</v>
       </c>
       <c r="FN17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO17" s="6">
         <v>0.0</v>
       </c>
       <c r="FP17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="FR17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS17" s="6">
         <v>0.0</v>
       </c>
       <c r="FT17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU17" s="6">
         <v>0.0</v>
       </c>
       <c r="FV17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW17" s="6">
         <v>0.0</v>
       </c>
       <c r="FX17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY17" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA17" s="6">
         <v>0.0</v>
       </c>
       <c r="GB17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC17" s="6">
         <v>0.0</v>
       </c>
       <c r="GD17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG17" s="6">
         <v>0.0</v>
       </c>
       <c r="GH17" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="1:190">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C18" s="6">
         <v>74.2</v>
       </c>
       <c r="D18" s="6">
         <v>6.3</v>
       </c>
       <c r="E18" s="6">
         <v>78.4</v>
       </c>
       <c r="F18" s="6">
         <v>6.5</v>
       </c>
       <c r="G18" s="6">
         <v>98.0</v>
       </c>
       <c r="H18" s="6">
         <v>1.6</v>
       </c>
       <c r="I18" s="6">
         <v>52.2</v>
       </c>
       <c r="J18" s="6">
         <v>9.3</v>
       </c>
@@ -5324,51 +5327,51 @@
       <c r="V18" s="6">
         <v>5.1</v>
       </c>
       <c r="W18" s="6">
         <v>78.5</v>
       </c>
       <c r="X18" s="6">
         <v>6.6</v>
       </c>
       <c r="Y18" s="6">
         <v>69.4</v>
       </c>
       <c r="Z18" s="6">
         <v>13.8</v>
       </c>
       <c r="AA18" s="6">
         <v>58.9</v>
       </c>
       <c r="AB18" s="6">
         <v>8.3</v>
       </c>
       <c r="AC18" s="6">
         <v>100.0</v>
       </c>
       <c r="AD18" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE18" s="6">
         <v>59.2</v>
       </c>
       <c r="AF18" s="6">
         <v>13.8</v>
       </c>
       <c r="AG18" s="6">
         <v>34.5</v>
       </c>
       <c r="AH18" s="6">
         <v>9.0</v>
       </c>
       <c r="AI18" s="6">
         <v>53.2</v>
       </c>
       <c r="AJ18" s="6">
         <v>8.4</v>
       </c>
       <c r="AK18" s="6">
         <v>45.4</v>
       </c>
       <c r="AL18" s="6">
         <v>9.6</v>
       </c>
@@ -5795,66 +5798,66 @@
       <c r="FW18" s="6">
         <v>48.8</v>
       </c>
       <c r="FX18" s="6">
         <v>11.0</v>
       </c>
       <c r="FY18" s="6">
         <v>75.4</v>
       </c>
       <c r="FZ18" s="6">
         <v>9.3</v>
       </c>
       <c r="GA18" s="6">
         <v>79.3</v>
       </c>
       <c r="GB18" s="6">
         <v>9.0</v>
       </c>
       <c r="GC18" s="6">
         <v>49.4</v>
       </c>
       <c r="GD18" s="6">
         <v>12.5</v>
       </c>
       <c r="GE18" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF18" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG18" s="6">
         <v>55.5</v>
       </c>
       <c r="GH18" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="19" spans="1:190">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C19" s="6">
         <v>9.2</v>
       </c>
       <c r="D19" s="6">
         <v>2.5</v>
       </c>
       <c r="E19" s="6">
         <v>6.1</v>
       </c>
       <c r="F19" s="6">
         <v>2.0</v>
       </c>
       <c r="G19" s="6">
         <v>2.0</v>
       </c>
       <c r="H19" s="6">
         <v>1.6</v>
       </c>
       <c r="I19" s="6">
         <v>7.3</v>
       </c>
       <c r="J19" s="6">
         <v>2.0</v>
       </c>
@@ -5894,51 +5897,51 @@
       <c r="V19" s="6">
         <v>1.7</v>
       </c>
       <c r="W19" s="6">
         <v>14.5</v>
       </c>
       <c r="X19" s="6">
         <v>4.2</v>
       </c>
       <c r="Y19" s="6">
         <v>6.8</v>
       </c>
       <c r="Z19" s="6">
         <v>2.6</v>
       </c>
       <c r="AA19" s="6">
         <v>11.5</v>
       </c>
       <c r="AB19" s="6">
         <v>3.2</v>
       </c>
       <c r="AC19" s="6">
         <v>0.0</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE19" s="6">
         <v>12.3</v>
       </c>
       <c r="AF19" s="6">
         <v>5.0</v>
       </c>
       <c r="AG19" s="6">
         <v>8.5</v>
       </c>
       <c r="AH19" s="6">
         <v>3.3</v>
       </c>
       <c r="AI19" s="6">
         <v>8.9</v>
       </c>
       <c r="AJ19" s="6">
         <v>3.0</v>
       </c>
       <c r="AK19" s="6">
         <v>6.1</v>
       </c>
       <c r="AL19" s="6">
         <v>2.9</v>
       </c>
@@ -6365,66 +6368,66 @@
       <c r="FW19" s="6">
         <v>2.5</v>
       </c>
       <c r="FX19" s="6">
         <v>1.0</v>
       </c>
       <c r="FY19" s="6">
         <v>5.3</v>
       </c>
       <c r="FZ19" s="6">
         <v>2.2</v>
       </c>
       <c r="GA19" s="6">
         <v>6.8</v>
       </c>
       <c r="GB19" s="6">
         <v>3.4</v>
       </c>
       <c r="GC19" s="6">
         <v>2.3</v>
       </c>
       <c r="GD19" s="6">
         <v>1.2</v>
       </c>
       <c r="GE19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG19" s="6">
         <v>8.7</v>
       </c>
       <c r="GH19" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:190">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C20" s="6">
         <v>83.5</v>
       </c>
       <c r="D20" s="6">
         <v>6.5</v>
       </c>
       <c r="E20" s="6">
         <v>84.5</v>
       </c>
       <c r="F20" s="6">
         <v>6.8</v>
       </c>
       <c r="G20" s="6">
         <v>100.0</v>
       </c>
       <c r="H20" s="6">
         <v>0.0</v>
       </c>
       <c r="I20" s="6">
         <v>59.5</v>
       </c>
       <c r="J20" s="6">
         <v>10.3</v>
       </c>
@@ -6464,51 +6467,51 @@
       <c r="V20" s="6">
         <v>5.6</v>
       </c>
       <c r="W20" s="6">
         <v>92.9</v>
       </c>
       <c r="X20" s="6">
         <v>5.9</v>
       </c>
       <c r="Y20" s="6">
         <v>76.2</v>
       </c>
       <c r="Z20" s="6">
         <v>14.9</v>
       </c>
       <c r="AA20" s="6">
         <v>70.4</v>
       </c>
       <c r="AB20" s="6">
         <v>9.5</v>
       </c>
       <c r="AC20" s="6">
         <v>100.0</v>
       </c>
       <c r="AD20" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE20" s="6">
         <v>71.5</v>
       </c>
       <c r="AF20" s="6">
         <v>16.4</v>
       </c>
       <c r="AG20" s="6">
         <v>43.0</v>
       </c>
       <c r="AH20" s="6">
         <v>11.1</v>
       </c>
       <c r="AI20" s="6">
         <v>62.1</v>
       </c>
       <c r="AJ20" s="6">
         <v>9.0</v>
       </c>
       <c r="AK20" s="6">
         <v>51.5</v>
       </c>
       <c r="AL20" s="6">
         <v>11.1</v>
       </c>
@@ -6935,656 +6938,656 @@
       <c r="FW20" s="6">
         <v>51.3</v>
       </c>
       <c r="FX20" s="6">
         <v>11.3</v>
       </c>
       <c r="FY20" s="6">
         <v>80.7</v>
       </c>
       <c r="FZ20" s="6">
         <v>9.4</v>
       </c>
       <c r="GA20" s="6">
         <v>86.1</v>
       </c>
       <c r="GB20" s="6">
         <v>8.5</v>
       </c>
       <c r="GC20" s="6">
         <v>51.6</v>
       </c>
       <c r="GD20" s="6">
         <v>13.2</v>
       </c>
       <c r="GE20" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF20" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG20" s="6">
         <v>64.2</v>
       </c>
       <c r="GH20" s="6">
         <v>1.0</v>
       </c>
     </row>
     <row r="21" spans="1:190">
       <c r="A21" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q21" s="6">
         <v>0.0</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S21" s="6">
         <v>0.0</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U21" s="6">
         <v>0.0</v>
       </c>
       <c r="V21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W21" s="6">
         <v>0.0</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y21" s="6">
         <v>0.0</v>
       </c>
       <c r="Z21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA21" s="6">
         <v>0.0</v>
       </c>
       <c r="AB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC21" s="6">
         <v>0.0</v>
       </c>
       <c r="AD21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE21" s="6">
         <v>0.0</v>
       </c>
       <c r="AF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG21" s="6">
         <v>0.0</v>
       </c>
       <c r="AH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI21" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK21" s="6">
         <v>0.0</v>
       </c>
       <c r="AL21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM21" s="6">
         <v>0.0</v>
       </c>
       <c r="AN21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO21" s="6">
         <v>0.0</v>
       </c>
       <c r="AP21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="AR21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS21" s="6">
         <v>0.0</v>
       </c>
       <c r="AT21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU21" s="6">
         <v>0.0</v>
       </c>
       <c r="AV21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW21" s="6">
         <v>0.0</v>
       </c>
       <c r="AX21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY21" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA21" s="6">
         <v>0.0</v>
       </c>
       <c r="BB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC21" s="6">
         <v>0.0</v>
       </c>
       <c r="BD21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE21" s="6">
         <v>0.0</v>
       </c>
       <c r="BF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG21" s="6">
         <v>0.0</v>
       </c>
       <c r="BH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI21" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK21" s="6">
         <v>0.0</v>
       </c>
       <c r="BL21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM21" s="6">
         <v>0.0</v>
       </c>
       <c r="BN21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO21" s="6">
         <v>0.0</v>
       </c>
       <c r="BP21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="BR21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS21" s="6">
         <v>0.0</v>
       </c>
       <c r="BT21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU21" s="6">
         <v>0.0</v>
       </c>
       <c r="BV21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW21" s="6">
         <v>0.0</v>
       </c>
       <c r="BX21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY21" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA21" s="6">
         <v>0.0</v>
       </c>
       <c r="CB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC21" s="6">
         <v>0.0</v>
       </c>
       <c r="CD21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE21" s="6">
         <v>0.0</v>
       </c>
       <c r="CF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG21" s="6">
         <v>0.0</v>
       </c>
       <c r="CH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI21" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK21" s="6">
         <v>0.0</v>
       </c>
       <c r="CL21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM21" s="6">
         <v>0.0</v>
       </c>
       <c r="CN21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO21" s="6">
         <v>0.0</v>
       </c>
       <c r="CP21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="CR21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS21" s="6">
         <v>0.0</v>
       </c>
       <c r="CT21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU21" s="6">
         <v>0.0</v>
       </c>
       <c r="CV21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW21" s="6">
         <v>0.0</v>
       </c>
       <c r="CX21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY21" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA21" s="6">
         <v>0.0</v>
       </c>
       <c r="DB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC21" s="6">
         <v>0.0</v>
       </c>
       <c r="DD21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE21" s="6">
         <v>0.0</v>
       </c>
       <c r="DF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG21" s="6">
         <v>0.0</v>
       </c>
       <c r="DH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI21" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK21" s="6">
         <v>0.0</v>
       </c>
       <c r="DL21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM21" s="6">
         <v>0.0</v>
       </c>
       <c r="DN21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO21" s="6">
         <v>0.0</v>
       </c>
       <c r="DP21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="DR21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS21" s="6">
         <v>0.0</v>
       </c>
       <c r="DT21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU21" s="6">
         <v>0.0</v>
       </c>
       <c r="DV21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW21" s="6">
         <v>0.0</v>
       </c>
       <c r="DX21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY21" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA21" s="6">
         <v>0.0</v>
       </c>
       <c r="EB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC21" s="6">
         <v>0.0</v>
       </c>
       <c r="ED21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE21" s="6">
         <v>0.0</v>
       </c>
       <c r="EF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG21" s="6">
         <v>0.0</v>
       </c>
       <c r="EH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI21" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK21" s="6">
         <v>0.0</v>
       </c>
       <c r="EL21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM21" s="6">
         <v>0.0</v>
       </c>
       <c r="EN21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO21" s="6">
         <v>0.0</v>
       </c>
       <c r="EP21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="ER21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES21" s="6">
         <v>0.0</v>
       </c>
       <c r="ET21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU21" s="6">
         <v>0.0</v>
       </c>
       <c r="EV21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW21" s="6">
         <v>0.0</v>
       </c>
       <c r="EX21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY21" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA21" s="6">
         <v>0.0</v>
       </c>
       <c r="FB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC21" s="6">
         <v>0.0</v>
       </c>
       <c r="FD21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE21" s="6">
         <v>0.0</v>
       </c>
       <c r="FF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG21" s="6">
         <v>0.0</v>
       </c>
       <c r="FH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI21" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK21" s="6">
         <v>0.0</v>
       </c>
       <c r="FL21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM21" s="6">
         <v>0.0</v>
       </c>
       <c r="FN21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO21" s="6">
         <v>0.0</v>
       </c>
       <c r="FP21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="FR21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS21" s="6">
         <v>0.0</v>
       </c>
       <c r="FT21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU21" s="6">
         <v>0.0</v>
       </c>
       <c r="FV21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW21" s="6">
         <v>0.0</v>
       </c>
       <c r="FX21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY21" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA21" s="6">
         <v>0.0</v>
       </c>
       <c r="GB21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC21" s="6">
         <v>0.0</v>
       </c>
       <c r="GD21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG21" s="6">
         <v>0.0</v>
       </c>
       <c r="GH21" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:190">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C22" s="6">
         <v>15.0</v>
       </c>
       <c r="D22" s="6">
         <v>6.2</v>
       </c>
       <c r="E22" s="6">
         <v>14.1</v>
       </c>
       <c r="F22" s="6">
         <v>6.3</v>
       </c>
       <c r="G22" s="6">
         <v>0.0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I22" s="6">
         <v>38.2</v>
       </c>
       <c r="J22" s="6">
         <v>9.9</v>
       </c>
       <c r="K22" s="6">
         <v>50.4</v>
       </c>
       <c r="L22" s="6">
         <v>11.8</v>
       </c>
       <c r="M22" s="6">
         <v>43.2</v>
       </c>
       <c r="N22" s="6">
         <v>10.0</v>
       </c>
       <c r="O22" s="6">
         <v>66.2</v>
       </c>
       <c r="P22" s="6">
         <v>3.3</v>
       </c>
@@ -7606,51 +7609,51 @@
       <c r="V22" s="6">
         <v>5.3</v>
       </c>
       <c r="W22" s="6">
         <v>4.5</v>
       </c>
       <c r="X22" s="6">
         <v>3.5</v>
       </c>
       <c r="Y22" s="6">
         <v>22.7</v>
       </c>
       <c r="Z22" s="6">
         <v>14.1</v>
       </c>
       <c r="AA22" s="6">
         <v>27.7</v>
       </c>
       <c r="AB22" s="6">
         <v>9.1</v>
       </c>
       <c r="AC22" s="6">
         <v>0.0</v>
       </c>
       <c r="AD22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE22" s="6">
         <v>19.2</v>
       </c>
       <c r="AF22" s="6">
         <v>11.0</v>
       </c>
       <c r="AG22" s="6">
         <v>51.3</v>
       </c>
       <c r="AH22" s="6">
         <v>9.9</v>
       </c>
       <c r="AI22" s="6">
         <v>35.1</v>
       </c>
       <c r="AJ22" s="6">
         <v>8.5</v>
       </c>
       <c r="AK22" s="6">
         <v>43.0</v>
       </c>
       <c r="AL22" s="6">
         <v>10.1</v>
       </c>
@@ -7738,51 +7741,51 @@
       <c r="BN22" s="6">
         <v>6.5</v>
       </c>
       <c r="BO22" s="6">
         <v>25.9</v>
       </c>
       <c r="BP22" s="6">
         <v>13.4</v>
       </c>
       <c r="BQ22" s="6">
         <v>50.9</v>
       </c>
       <c r="BR22" s="6">
         <v>10.7</v>
       </c>
       <c r="BS22" s="6">
         <v>55.3</v>
       </c>
       <c r="BT22" s="6">
         <v>11.8</v>
       </c>
       <c r="BU22" s="6">
         <v>8.8</v>
       </c>
       <c r="BV22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW22" s="6">
         <v>18.6</v>
       </c>
       <c r="BX22" s="6">
         <v>7.1</v>
       </c>
       <c r="BY22" s="6">
         <v>54.1</v>
       </c>
       <c r="BZ22" s="6">
         <v>11.5</v>
       </c>
       <c r="CA22" s="6">
         <v>43.5</v>
       </c>
       <c r="CB22" s="6">
         <v>12.2</v>
       </c>
       <c r="CC22" s="6">
         <v>27.7</v>
       </c>
       <c r="CD22" s="6">
         <v>8.1</v>
       </c>
@@ -7792,51 +7795,51 @@
       <c r="CF22" s="6">
         <v>10.1</v>
       </c>
       <c r="CG22" s="6">
         <v>58.0</v>
       </c>
       <c r="CH22" s="6">
         <v>8.4</v>
       </c>
       <c r="CI22" s="6">
         <v>21.1</v>
       </c>
       <c r="CJ22" s="6">
         <v>7.9</v>
       </c>
       <c r="CK22" s="6">
         <v>10.3</v>
       </c>
       <c r="CL22" s="6">
         <v>6.8</v>
       </c>
       <c r="CM22" s="6">
         <v>1.6</v>
       </c>
       <c r="CN22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO22" s="6">
         <v>12.1</v>
       </c>
       <c r="CP22" s="6">
         <v>8.2</v>
       </c>
       <c r="CQ22" s="6">
         <v>30.1</v>
       </c>
       <c r="CR22" s="6">
         <v>10.4</v>
       </c>
       <c r="CS22" s="6">
         <v>20.1</v>
       </c>
       <c r="CT22" s="6">
         <v>9.1</v>
       </c>
       <c r="CU22" s="6">
         <v>19.3</v>
       </c>
       <c r="CV22" s="6">
         <v>7.3</v>
       </c>
@@ -7846,51 +7849,51 @@
       <c r="CX22" s="6">
         <v>10.0</v>
       </c>
       <c r="CY22" s="6">
         <v>56.7</v>
       </c>
       <c r="CZ22" s="6">
         <v>11.6</v>
       </c>
       <c r="DA22" s="6">
         <v>59.2</v>
       </c>
       <c r="DB22" s="6">
         <v>12.4</v>
       </c>
       <c r="DC22" s="6">
         <v>69.3</v>
       </c>
       <c r="DD22" s="6">
         <v>8.9</v>
       </c>
       <c r="DE22" s="6">
         <v>6.5</v>
       </c>
       <c r="DF22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG22" s="6">
         <v>2.4</v>
       </c>
       <c r="DH22" s="6">
         <v>1.7</v>
       </c>
       <c r="DI22" s="6">
         <v>13.7</v>
       </c>
       <c r="DJ22" s="6">
         <v>7.4</v>
       </c>
       <c r="DK22" s="6">
         <v>12.5</v>
       </c>
       <c r="DL22" s="6">
         <v>6.3</v>
       </c>
       <c r="DM22" s="6">
         <v>57.0</v>
       </c>
       <c r="DN22" s="6">
         <v>8.3</v>
       </c>
@@ -7960,93 +7963,93 @@
       <c r="EJ22" s="6">
         <v>13.9</v>
       </c>
       <c r="EK22" s="6">
         <v>45.0</v>
       </c>
       <c r="EL22" s="6">
         <v>20.3</v>
       </c>
       <c r="EM22" s="6">
         <v>23.4</v>
       </c>
       <c r="EN22" s="6">
         <v>10.0</v>
       </c>
       <c r="EO22" s="6">
         <v>10.8</v>
       </c>
       <c r="EP22" s="6">
         <v>8.4</v>
       </c>
       <c r="EQ22" s="6">
         <v>0.0</v>
       </c>
       <c r="ER22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES22" s="6">
         <v>21.1</v>
       </c>
       <c r="ET22" s="6">
         <v>8.3</v>
       </c>
       <c r="EU22" s="6">
         <v>19.5</v>
       </c>
       <c r="EV22" s="6">
         <v>11.8</v>
       </c>
       <c r="EW22" s="6">
         <v>11.1</v>
       </c>
       <c r="EX22" s="6">
         <v>7.0</v>
       </c>
       <c r="EY22" s="6">
         <v>22.1</v>
       </c>
       <c r="EZ22" s="6">
         <v>10.2</v>
       </c>
       <c r="FA22" s="6">
         <v>33.7</v>
       </c>
       <c r="FB22" s="6">
         <v>13.7</v>
       </c>
       <c r="FC22" s="6">
         <v>16.8</v>
       </c>
       <c r="FD22" s="6">
         <v>11.4</v>
       </c>
       <c r="FE22" s="6">
         <v>0.0</v>
       </c>
       <c r="FF22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG22" s="6">
         <v>60.9</v>
       </c>
       <c r="FH22" s="6">
         <v>20.8</v>
       </c>
       <c r="FI22" s="6">
         <v>25.5</v>
       </c>
       <c r="FJ22" s="6">
         <v>4.8</v>
       </c>
       <c r="FK22" s="6">
         <v>28.8</v>
       </c>
       <c r="FL22" s="6">
         <v>5.2</v>
       </c>
       <c r="FM22" s="6">
         <v>17.0</v>
       </c>
       <c r="FN22" s="6">
         <v>4.2</v>
       </c>
@@ -8077,84 +8080,84 @@
       <c r="FW22" s="6">
         <v>44.4</v>
       </c>
       <c r="FX22" s="6">
         <v>10.0</v>
       </c>
       <c r="FY22" s="6">
         <v>17.9</v>
       </c>
       <c r="FZ22" s="6">
         <v>9.0</v>
       </c>
       <c r="GA22" s="6">
         <v>13.9</v>
       </c>
       <c r="GB22" s="6">
         <v>8.5</v>
       </c>
       <c r="GC22" s="6">
         <v>46.7</v>
       </c>
       <c r="GD22" s="6">
         <v>12.6</v>
       </c>
       <c r="GE22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF22" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG22" s="6">
         <v>31.3</v>
       </c>
       <c r="GH22" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="23" spans="1:190">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C23" s="6">
         <v>1.5</v>
       </c>
       <c r="D23" s="6">
         <v>1.0</v>
       </c>
       <c r="E23" s="6">
         <v>1.5</v>
       </c>
       <c r="F23" s="6">
         <v>1.3</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I23" s="6">
         <v>2.3</v>
       </c>
       <c r="J23" s="6">
         <v>0.9</v>
       </c>
       <c r="K23" s="6">
         <v>7.5</v>
       </c>
       <c r="L23" s="6">
         <v>3.4</v>
       </c>
       <c r="M23" s="6">
         <v>9.6</v>
       </c>
       <c r="N23" s="6">
         <v>3.4</v>
       </c>
       <c r="O23" s="6">
         <v>13.2</v>
       </c>
       <c r="P23" s="6">
         <v>1.6</v>
       </c>
@@ -8176,51 +8179,51 @@
       <c r="V23" s="6">
         <v>0.5</v>
       </c>
       <c r="W23" s="6">
         <v>2.5</v>
       </c>
       <c r="X23" s="6">
         <v>2.6</v>
       </c>
       <c r="Y23" s="6">
         <v>1.1</v>
       </c>
       <c r="Z23" s="6">
         <v>1.0</v>
       </c>
       <c r="AA23" s="6">
         <v>1.9</v>
       </c>
       <c r="AB23" s="6">
         <v>1.3</v>
       </c>
       <c r="AC23" s="6">
         <v>0.0</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE23" s="6">
         <v>9.3</v>
       </c>
       <c r="AF23" s="6">
         <v>5.6</v>
       </c>
       <c r="AG23" s="6">
         <v>5.7</v>
       </c>
       <c r="AH23" s="6">
         <v>2.3</v>
       </c>
       <c r="AI23" s="6">
         <v>2.8</v>
       </c>
       <c r="AJ23" s="6">
         <v>1.1</v>
       </c>
       <c r="AK23" s="6">
         <v>5.5</v>
       </c>
       <c r="AL23" s="6">
         <v>2.3</v>
       </c>
@@ -8284,129 +8287,129 @@
       <c r="BF23" s="6">
         <v>1.8</v>
       </c>
       <c r="BG23" s="6">
         <v>16.3</v>
       </c>
       <c r="BH23" s="6">
         <v>3.3</v>
       </c>
       <c r="BI23" s="6">
         <v>2.9</v>
       </c>
       <c r="BJ23" s="6">
         <v>2.6</v>
       </c>
       <c r="BK23" s="6">
         <v>3.0</v>
       </c>
       <c r="BL23" s="6">
         <v>1.5</v>
       </c>
       <c r="BM23" s="6">
         <v>0.0</v>
       </c>
       <c r="BN23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO23" s="6">
         <v>1.9</v>
       </c>
       <c r="BP23" s="6">
         <v>1.1</v>
       </c>
       <c r="BQ23" s="6">
         <v>4.3</v>
       </c>
       <c r="BR23" s="6">
         <v>1.6</v>
       </c>
       <c r="BS23" s="6">
         <v>6.6</v>
       </c>
       <c r="BT23" s="6">
         <v>1.9</v>
       </c>
       <c r="BU23" s="6">
         <v>1.1</v>
       </c>
       <c r="BV23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW23" s="6">
         <v>1.4</v>
       </c>
       <c r="BX23" s="6">
         <v>0.8</v>
       </c>
       <c r="BY23" s="6">
         <v>4.2</v>
       </c>
       <c r="BZ23" s="6">
         <v>1.8</v>
       </c>
       <c r="CA23" s="6">
         <v>6.9</v>
       </c>
       <c r="CB23" s="6">
         <v>3.4</v>
       </c>
       <c r="CC23" s="6">
         <v>4.9</v>
       </c>
       <c r="CD23" s="6">
         <v>1.6</v>
       </c>
       <c r="CE23" s="6">
         <v>4.9</v>
       </c>
       <c r="CF23" s="6">
         <v>2.8</v>
       </c>
       <c r="CG23" s="6">
         <v>6.8</v>
       </c>
       <c r="CH23" s="6">
         <v>2.1</v>
       </c>
       <c r="CI23" s="6">
         <v>1.7</v>
       </c>
       <c r="CJ23" s="6">
         <v>1.1</v>
       </c>
       <c r="CK23" s="6">
         <v>0.0</v>
       </c>
       <c r="CL23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM23" s="6">
         <v>0.3</v>
       </c>
       <c r="CN23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO23" s="6">
         <v>1.0</v>
       </c>
       <c r="CP23" s="6">
         <v>0.8</v>
       </c>
       <c r="CQ23" s="6">
         <v>5.6</v>
       </c>
       <c r="CR23" s="6">
         <v>2.2</v>
       </c>
       <c r="CS23" s="6">
         <v>0.7</v>
       </c>
       <c r="CT23" s="6">
         <v>0.5</v>
       </c>
       <c r="CU23" s="6">
         <v>2.8</v>
       </c>
       <c r="CV23" s="6">
         <v>1.6</v>
       </c>
@@ -8416,51 +8419,51 @@
       <c r="CX23" s="6">
         <v>4.1</v>
       </c>
       <c r="CY23" s="6">
         <v>1.8</v>
       </c>
       <c r="CZ23" s="6">
         <v>0.9</v>
       </c>
       <c r="DA23" s="6">
         <v>2.0</v>
       </c>
       <c r="DB23" s="6">
         <v>1.5</v>
       </c>
       <c r="DC23" s="6">
         <v>1.5</v>
       </c>
       <c r="DD23" s="6">
         <v>0.9</v>
       </c>
       <c r="DE23" s="6">
         <v>1.6</v>
       </c>
       <c r="DF23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG23" s="6">
         <v>0.5</v>
       </c>
       <c r="DH23" s="6">
         <v>0.6</v>
       </c>
       <c r="DI23" s="6">
         <v>0.7</v>
       </c>
       <c r="DJ23" s="6">
         <v>0.6</v>
       </c>
       <c r="DK23" s="6">
         <v>3.2</v>
       </c>
       <c r="DL23" s="6">
         <v>1.9</v>
       </c>
       <c r="DM23" s="6">
         <v>14.4</v>
       </c>
       <c r="DN23" s="6">
         <v>4.0</v>
       </c>
@@ -8530,93 +8533,93 @@
       <c r="EJ23" s="6">
         <v>4.1</v>
       </c>
       <c r="EK23" s="6">
         <v>3.6</v>
       </c>
       <c r="EL23" s="6">
         <v>2.7</v>
       </c>
       <c r="EM23" s="6">
         <v>1.0</v>
       </c>
       <c r="EN23" s="6">
         <v>0.6</v>
       </c>
       <c r="EO23" s="6">
         <v>0.6</v>
       </c>
       <c r="EP23" s="6">
         <v>0.6</v>
       </c>
       <c r="EQ23" s="6">
         <v>0.0</v>
       </c>
       <c r="ER23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES23" s="6">
         <v>0.7</v>
       </c>
       <c r="ET23" s="6">
         <v>0.7</v>
       </c>
       <c r="EU23" s="6">
         <v>1.4</v>
       </c>
       <c r="EV23" s="6">
         <v>1.2</v>
       </c>
       <c r="EW23" s="6">
         <v>1.4</v>
       </c>
       <c r="EX23" s="6">
         <v>1.1</v>
       </c>
       <c r="EY23" s="6">
         <v>1.9</v>
       </c>
       <c r="EZ23" s="6">
         <v>1.6</v>
       </c>
       <c r="FA23" s="6">
         <v>7.2</v>
       </c>
       <c r="FB23" s="6">
         <v>4.4</v>
       </c>
       <c r="FC23" s="6">
         <v>3.5</v>
       </c>
       <c r="FD23" s="6">
         <v>3.3</v>
       </c>
       <c r="FE23" s="6">
         <v>0.0</v>
       </c>
       <c r="FF23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG23" s="6">
         <v>4.2</v>
       </c>
       <c r="FH23" s="6">
         <v>2.1</v>
       </c>
       <c r="FI23" s="6">
         <v>2.8</v>
       </c>
       <c r="FJ23" s="6">
         <v>0.6</v>
       </c>
       <c r="FK23" s="6">
         <v>3.3</v>
       </c>
       <c r="FL23" s="6">
         <v>1.0</v>
       </c>
       <c r="FM23" s="6">
         <v>4.1</v>
       </c>
       <c r="FN23" s="6">
         <v>1.3</v>
       </c>
@@ -8638,93 +8641,93 @@
       <c r="FT23" s="6">
         <v>1.7</v>
       </c>
       <c r="FU23" s="6">
         <v>8.6</v>
       </c>
       <c r="FV23" s="6">
         <v>2.9</v>
       </c>
       <c r="FW23" s="6">
         <v>4.3</v>
       </c>
       <c r="FX23" s="6">
         <v>3.2</v>
       </c>
       <c r="FY23" s="6">
         <v>1.3</v>
       </c>
       <c r="FZ23" s="6">
         <v>1.0</v>
       </c>
       <c r="GA23" s="6">
         <v>0.0</v>
       </c>
       <c r="GB23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC23" s="6">
         <v>1.6</v>
       </c>
       <c r="GD23" s="6">
         <v>1.0</v>
       </c>
       <c r="GE23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF23" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG23" s="6">
         <v>4.5</v>
       </c>
       <c r="GH23" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="24" spans="1:190">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C24" s="6">
         <v>16.5</v>
       </c>
       <c r="D24" s="6">
         <v>6.5</v>
       </c>
       <c r="E24" s="6">
         <v>15.5</v>
       </c>
       <c r="F24" s="6">
         <v>6.8</v>
       </c>
       <c r="G24" s="6">
         <v>0.0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I24" s="6">
         <v>40.5</v>
       </c>
       <c r="J24" s="6">
         <v>10.3</v>
       </c>
       <c r="K24" s="6">
         <v>57.9</v>
       </c>
       <c r="L24" s="6">
         <v>13.6</v>
       </c>
       <c r="M24" s="6">
         <v>52.8</v>
       </c>
       <c r="N24" s="6">
         <v>11.5</v>
       </c>
       <c r="O24" s="6">
         <v>79.4</v>
       </c>
       <c r="P24" s="6">
         <v>3.6</v>
       </c>
@@ -8746,51 +8749,51 @@
       <c r="V24" s="6">
         <v>5.6</v>
       </c>
       <c r="W24" s="6">
         <v>7.1</v>
       </c>
       <c r="X24" s="6">
         <v>5.9</v>
       </c>
       <c r="Y24" s="6">
         <v>23.8</v>
       </c>
       <c r="Z24" s="6">
         <v>14.9</v>
       </c>
       <c r="AA24" s="6">
         <v>29.6</v>
       </c>
       <c r="AB24" s="6">
         <v>9.5</v>
       </c>
       <c r="AC24" s="6">
         <v>0.0</v>
       </c>
       <c r="AD24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE24" s="6">
         <v>28.5</v>
       </c>
       <c r="AF24" s="6">
         <v>16.4</v>
       </c>
       <c r="AG24" s="6">
         <v>57.0</v>
       </c>
       <c r="AH24" s="6">
         <v>11.1</v>
       </c>
       <c r="AI24" s="6">
         <v>37.9</v>
       </c>
       <c r="AJ24" s="6">
         <v>9.0</v>
       </c>
       <c r="AK24" s="6">
         <v>48.5</v>
       </c>
       <c r="AL24" s="6">
         <v>11.1</v>
       </c>
@@ -8878,51 +8881,51 @@
       <c r="BN24" s="6">
         <v>6.5</v>
       </c>
       <c r="BO24" s="6">
         <v>27.8</v>
       </c>
       <c r="BP24" s="6">
         <v>14.5</v>
       </c>
       <c r="BQ24" s="6">
         <v>55.2</v>
       </c>
       <c r="BR24" s="6">
         <v>11.6</v>
       </c>
       <c r="BS24" s="6">
         <v>61.9</v>
       </c>
       <c r="BT24" s="6">
         <v>13.1</v>
       </c>
       <c r="BU24" s="6">
         <v>9.9</v>
       </c>
       <c r="BV24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW24" s="6">
         <v>20.0</v>
       </c>
       <c r="BX24" s="6">
         <v>7.7</v>
       </c>
       <c r="BY24" s="6">
         <v>58.3</v>
       </c>
       <c r="BZ24" s="6">
         <v>12.1</v>
       </c>
       <c r="CA24" s="6">
         <v>50.4</v>
       </c>
       <c r="CB24" s="6">
         <v>13.8</v>
       </c>
       <c r="CC24" s="6">
         <v>32.5</v>
       </c>
       <c r="CD24" s="6">
         <v>9.3</v>
       </c>
@@ -8932,51 +8935,51 @@
       <c r="CF24" s="6">
         <v>11.6</v>
       </c>
       <c r="CG24" s="6">
         <v>64.8</v>
       </c>
       <c r="CH24" s="6">
         <v>9.1</v>
       </c>
       <c r="CI24" s="6">
         <v>22.8</v>
       </c>
       <c r="CJ24" s="6">
         <v>8.6</v>
       </c>
       <c r="CK24" s="6">
         <v>10.3</v>
       </c>
       <c r="CL24" s="6">
         <v>6.8</v>
       </c>
       <c r="CM24" s="6">
         <v>1.9</v>
       </c>
       <c r="CN24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO24" s="6">
         <v>13.2</v>
       </c>
       <c r="CP24" s="6">
         <v>8.9</v>
       </c>
       <c r="CQ24" s="6">
         <v>35.7</v>
       </c>
       <c r="CR24" s="6">
         <v>12.4</v>
       </c>
       <c r="CS24" s="6">
         <v>20.8</v>
       </c>
       <c r="CT24" s="6">
         <v>9.4</v>
       </c>
       <c r="CU24" s="6">
         <v>22.2</v>
       </c>
       <c r="CV24" s="6">
         <v>8.3</v>
       </c>
@@ -8986,51 +8989,51 @@
       <c r="CX24" s="6">
         <v>13.7</v>
       </c>
       <c r="CY24" s="6">
         <v>58.5</v>
       </c>
       <c r="CZ24" s="6">
         <v>12.0</v>
       </c>
       <c r="DA24" s="6">
         <v>61.2</v>
       </c>
       <c r="DB24" s="6">
         <v>12.8</v>
       </c>
       <c r="DC24" s="6">
         <v>70.8</v>
       </c>
       <c r="DD24" s="6">
         <v>8.9</v>
       </c>
       <c r="DE24" s="6">
         <v>8.1</v>
       </c>
       <c r="DF24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG24" s="6">
         <v>2.9</v>
       </c>
       <c r="DH24" s="6">
         <v>2.1</v>
       </c>
       <c r="DI24" s="6">
         <v>14.3</v>
       </c>
       <c r="DJ24" s="6">
         <v>7.9</v>
       </c>
       <c r="DK24" s="6">
         <v>15.7</v>
       </c>
       <c r="DL24" s="6">
         <v>7.8</v>
       </c>
       <c r="DM24" s="6">
         <v>71.4</v>
       </c>
       <c r="DN24" s="6">
         <v>8.9</v>
       </c>
@@ -9100,93 +9103,93 @@
       <c r="EJ24" s="6">
         <v>16.0</v>
       </c>
       <c r="EK24" s="6">
         <v>48.5</v>
       </c>
       <c r="EL24" s="6">
         <v>22.3</v>
       </c>
       <c r="EM24" s="6">
         <v>24.4</v>
       </c>
       <c r="EN24" s="6">
         <v>10.1</v>
       </c>
       <c r="EO24" s="6">
         <v>11.4</v>
       </c>
       <c r="EP24" s="6">
         <v>8.9</v>
       </c>
       <c r="EQ24" s="6">
         <v>0.0</v>
       </c>
       <c r="ER24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES24" s="6">
         <v>21.8</v>
       </c>
       <c r="ET24" s="6">
         <v>8.6</v>
       </c>
       <c r="EU24" s="6">
         <v>20.9</v>
       </c>
       <c r="EV24" s="6">
         <v>12.9</v>
       </c>
       <c r="EW24" s="6">
         <v>12.4</v>
       </c>
       <c r="EX24" s="6">
         <v>8.0</v>
       </c>
       <c r="EY24" s="6">
         <v>24.0</v>
       </c>
       <c r="EZ24" s="6">
         <v>11.1</v>
       </c>
       <c r="FA24" s="6">
         <v>40.9</v>
       </c>
       <c r="FB24" s="6">
         <v>16.8</v>
       </c>
       <c r="FC24" s="6">
         <v>20.3</v>
       </c>
       <c r="FD24" s="6">
         <v>14.2</v>
       </c>
       <c r="FE24" s="6">
         <v>0.0</v>
       </c>
       <c r="FF24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG24" s="6">
         <v>65.1</v>
       </c>
       <c r="FH24" s="6">
         <v>22.6</v>
       </c>
       <c r="FI24" s="6">
         <v>28.3</v>
       </c>
       <c r="FJ24" s="6">
         <v>5.2</v>
       </c>
       <c r="FK24" s="6">
         <v>32.1</v>
       </c>
       <c r="FL24" s="6">
         <v>5.8</v>
       </c>
       <c r="FM24" s="6">
         <v>21.1</v>
       </c>
       <c r="FN24" s="6">
         <v>5.1</v>
       </c>
@@ -9217,638 +9220,638 @@
       <c r="FW24" s="6">
         <v>48.7</v>
       </c>
       <c r="FX24" s="6">
         <v>11.3</v>
       </c>
       <c r="FY24" s="6">
         <v>19.3</v>
       </c>
       <c r="FZ24" s="6">
         <v>9.4</v>
       </c>
       <c r="GA24" s="6">
         <v>13.9</v>
       </c>
       <c r="GB24" s="6">
         <v>8.5</v>
       </c>
       <c r="GC24" s="6">
         <v>48.4</v>
       </c>
       <c r="GD24" s="6">
         <v>13.2</v>
       </c>
       <c r="GE24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF24" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG24" s="6">
         <v>35.8</v>
       </c>
       <c r="GH24" s="6">
         <v>1.0</v>
       </c>
     </row>
     <row r="25" spans="1:190">
       <c r="A25" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C25" s="6">
         <v>0.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G25" s="6">
         <v>0.0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I25" s="6">
         <v>0.0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K25" s="6">
         <v>0.0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M25" s="6">
         <v>0.0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O25" s="6">
         <v>0.0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q25" s="6">
         <v>0.0</v>
       </c>
       <c r="R25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S25" s="6">
         <v>0.0</v>
       </c>
       <c r="T25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U25" s="6">
         <v>0.0</v>
       </c>
       <c r="V25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W25" s="6">
         <v>0.0</v>
       </c>
       <c r="X25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y25" s="6">
         <v>0.0</v>
       </c>
       <c r="Z25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA25" s="6">
         <v>0.0</v>
       </c>
       <c r="AB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC25" s="6">
         <v>0.0</v>
       </c>
       <c r="AD25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE25" s="6">
         <v>0.0</v>
       </c>
       <c r="AF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG25" s="6">
         <v>0.0</v>
       </c>
       <c r="AH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI25" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK25" s="6">
         <v>0.0</v>
       </c>
       <c r="AL25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM25" s="6">
         <v>0.0</v>
       </c>
       <c r="AN25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO25" s="6">
         <v>0.0</v>
       </c>
       <c r="AP25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ25" s="6">
         <v>0.0</v>
       </c>
       <c r="AR25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS25" s="6">
         <v>0.0</v>
       </c>
       <c r="AT25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU25" s="6">
         <v>0.0</v>
       </c>
       <c r="AV25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW25" s="6">
         <v>0.0</v>
       </c>
       <c r="AX25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY25" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA25" s="6">
         <v>0.0</v>
       </c>
       <c r="BB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC25" s="6">
         <v>0.0</v>
       </c>
       <c r="BD25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE25" s="6">
         <v>0.0</v>
       </c>
       <c r="BF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG25" s="6">
         <v>0.0</v>
       </c>
       <c r="BH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI25" s="6">
         <v>0.0</v>
       </c>
       <c r="BJ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK25" s="6">
         <v>0.0</v>
       </c>
       <c r="BL25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM25" s="6">
         <v>0.0</v>
       </c>
       <c r="BN25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO25" s="6">
         <v>0.0</v>
       </c>
       <c r="BP25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ25" s="6">
         <v>0.0</v>
       </c>
       <c r="BR25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS25" s="6">
         <v>0.0</v>
       </c>
       <c r="BT25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU25" s="6">
         <v>0.0</v>
       </c>
       <c r="BV25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW25" s="6">
         <v>0.0</v>
       </c>
       <c r="BX25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY25" s="6">
         <v>0.0</v>
       </c>
       <c r="BZ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA25" s="6">
         <v>0.0</v>
       </c>
       <c r="CB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC25" s="6">
         <v>0.0</v>
       </c>
       <c r="CD25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE25" s="6">
         <v>0.0</v>
       </c>
       <c r="CF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG25" s="6">
         <v>0.0</v>
       </c>
       <c r="CH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI25" s="6">
         <v>0.0</v>
       </c>
       <c r="CJ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK25" s="6">
         <v>0.0</v>
       </c>
       <c r="CL25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM25" s="6">
         <v>0.0</v>
       </c>
       <c r="CN25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO25" s="6">
         <v>0.0</v>
       </c>
       <c r="CP25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ25" s="6">
         <v>0.0</v>
       </c>
       <c r="CR25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS25" s="6">
         <v>0.0</v>
       </c>
       <c r="CT25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU25" s="6">
         <v>0.0</v>
       </c>
       <c r="CV25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW25" s="6">
         <v>0.0</v>
       </c>
       <c r="CX25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY25" s="6">
         <v>0.0</v>
       </c>
       <c r="CZ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA25" s="6">
         <v>0.0</v>
       </c>
       <c r="DB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC25" s="6">
         <v>0.0</v>
       </c>
       <c r="DD25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE25" s="6">
         <v>0.0</v>
       </c>
       <c r="DF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG25" s="6">
         <v>0.0</v>
       </c>
       <c r="DH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI25" s="6">
         <v>0.0</v>
       </c>
       <c r="DJ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK25" s="6">
         <v>0.0</v>
       </c>
       <c r="DL25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM25" s="6">
         <v>0.0</v>
       </c>
       <c r="DN25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO25" s="6">
         <v>0.0</v>
       </c>
       <c r="DP25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ25" s="6">
         <v>0.0</v>
       </c>
       <c r="DR25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS25" s="6">
         <v>0.0</v>
       </c>
       <c r="DT25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU25" s="6">
         <v>0.0</v>
       </c>
       <c r="DV25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW25" s="6">
         <v>0.0</v>
       </c>
       <c r="DX25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY25" s="6">
         <v>0.0</v>
       </c>
       <c r="DZ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA25" s="6">
         <v>0.0</v>
       </c>
       <c r="EB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC25" s="6">
         <v>0.0</v>
       </c>
       <c r="ED25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE25" s="6">
         <v>0.0</v>
       </c>
       <c r="EF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG25" s="6">
         <v>0.0</v>
       </c>
       <c r="EH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI25" s="6">
         <v>0.0</v>
       </c>
       <c r="EJ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK25" s="6">
         <v>0.0</v>
       </c>
       <c r="EL25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM25" s="6">
         <v>0.0</v>
       </c>
       <c r="EN25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO25" s="6">
         <v>0.0</v>
       </c>
       <c r="EP25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ25" s="6">
         <v>0.0</v>
       </c>
       <c r="ER25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES25" s="6">
         <v>0.0</v>
       </c>
       <c r="ET25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU25" s="6">
         <v>0.0</v>
       </c>
       <c r="EV25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW25" s="6">
         <v>0.0</v>
       </c>
       <c r="EX25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY25" s="6">
         <v>0.0</v>
       </c>
       <c r="EZ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA25" s="6">
         <v>0.0</v>
       </c>
       <c r="FB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC25" s="6">
         <v>0.0</v>
       </c>
       <c r="FD25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE25" s="6">
         <v>0.0</v>
       </c>
       <c r="FF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG25" s="6">
         <v>0.0</v>
       </c>
       <c r="FH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI25" s="6">
         <v>0.0</v>
       </c>
       <c r="FJ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK25" s="6">
         <v>0.0</v>
       </c>
       <c r="FL25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM25" s="6">
         <v>0.0</v>
       </c>
       <c r="FN25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO25" s="6">
         <v>0.0</v>
       </c>
       <c r="FP25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ25" s="6">
         <v>0.0</v>
       </c>
       <c r="FR25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS25" s="6">
         <v>0.0</v>
       </c>
       <c r="FT25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU25" s="6">
         <v>0.0</v>
       </c>
       <c r="FV25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW25" s="6">
         <v>0.0</v>
       </c>
       <c r="FX25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY25" s="6">
         <v>0.0</v>
       </c>
       <c r="FZ25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA25" s="6">
         <v>0.0</v>
       </c>
       <c r="GB25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC25" s="6">
         <v>0.0</v>
       </c>
       <c r="GD25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG25" s="6">
         <v>0.0</v>
       </c>
       <c r="GH25" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:190">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C26" s="6">
         <v>89.2</v>
       </c>
       <c r="D26" s="6">
         <v>2.6</v>
       </c>
       <c r="E26" s="6">
         <v>92.5</v>
       </c>
       <c r="F26" s="6">
         <v>2.2</v>
       </c>
       <c r="G26" s="6">
         <v>98.0</v>
       </c>
       <c r="H26" s="6">
         <v>1.6</v>
       </c>
       <c r="I26" s="6">
         <v>90.4</v>
       </c>
       <c r="J26" s="6">
         <v>1.9</v>
       </c>
@@ -9888,51 +9891,51 @@
       <c r="V26" s="6">
         <v>1.7</v>
       </c>
       <c r="W26" s="6">
         <v>83.0</v>
       </c>
       <c r="X26" s="6">
         <v>4.5</v>
       </c>
       <c r="Y26" s="6">
         <v>92.1</v>
       </c>
       <c r="Z26" s="6">
         <v>2.4</v>
       </c>
       <c r="AA26" s="6">
         <v>86.6</v>
       </c>
       <c r="AB26" s="6">
         <v>3.2</v>
       </c>
       <c r="AC26" s="6">
         <v>100.0</v>
       </c>
       <c r="AD26" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE26" s="6">
         <v>78.4</v>
       </c>
       <c r="AF26" s="6">
         <v>4.7</v>
       </c>
       <c r="AG26" s="6">
         <v>85.8</v>
       </c>
       <c r="AH26" s="6">
         <v>3.2</v>
       </c>
       <c r="AI26" s="6">
         <v>88.2</v>
       </c>
       <c r="AJ26" s="6">
         <v>3.0</v>
       </c>
       <c r="AK26" s="6">
         <v>88.3</v>
       </c>
       <c r="AL26" s="6">
         <v>3.1</v>
       </c>
@@ -10359,66 +10362,66 @@
       <c r="FW26" s="6">
         <v>93.2</v>
       </c>
       <c r="FX26" s="6">
         <v>3.2</v>
       </c>
       <c r="FY26" s="6">
         <v>93.3</v>
       </c>
       <c r="FZ26" s="6">
         <v>2.4</v>
       </c>
       <c r="GA26" s="6">
         <v>93.2</v>
       </c>
       <c r="GB26" s="6">
         <v>3.4</v>
       </c>
       <c r="GC26" s="6">
         <v>96.1</v>
       </c>
       <c r="GD26" s="6">
         <v>1.3</v>
       </c>
       <c r="GE26" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF26" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG26" s="6">
         <v>86.8</v>
       </c>
       <c r="GH26" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="27" spans="1:190">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C27" s="6">
         <v>10.8</v>
       </c>
       <c r="D27" s="6">
         <v>2.6</v>
       </c>
       <c r="E27" s="6">
         <v>7.5</v>
       </c>
       <c r="F27" s="6">
         <v>2.2</v>
       </c>
       <c r="G27" s="6">
         <v>2.0</v>
       </c>
       <c r="H27" s="6">
         <v>1.6</v>
       </c>
       <c r="I27" s="6">
         <v>9.6</v>
       </c>
       <c r="J27" s="6">
         <v>1.9</v>
       </c>
@@ -10458,51 +10461,51 @@
       <c r="V27" s="6">
         <v>1.7</v>
       </c>
       <c r="W27" s="6">
         <v>17.0</v>
       </c>
       <c r="X27" s="6">
         <v>4.5</v>
       </c>
       <c r="Y27" s="6">
         <v>7.9</v>
       </c>
       <c r="Z27" s="6">
         <v>2.4</v>
       </c>
       <c r="AA27" s="6">
         <v>13.4</v>
       </c>
       <c r="AB27" s="6">
         <v>3.2</v>
       </c>
       <c r="AC27" s="6">
         <v>0.0</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE27" s="6">
         <v>21.6</v>
       </c>
       <c r="AF27" s="6">
         <v>4.7</v>
       </c>
       <c r="AG27" s="6">
         <v>14.2</v>
       </c>
       <c r="AH27" s="6">
         <v>3.2</v>
       </c>
       <c r="AI27" s="6">
         <v>11.8</v>
       </c>
       <c r="AJ27" s="6">
         <v>3.0</v>
       </c>
       <c r="AK27" s="6">
         <v>11.7</v>
       </c>
       <c r="AL27" s="6">
         <v>3.1</v>
       </c>
@@ -10929,646 +10932,646 @@
       <c r="FW27" s="6">
         <v>6.8</v>
       </c>
       <c r="FX27" s="6">
         <v>3.2</v>
       </c>
       <c r="FY27" s="6">
         <v>6.7</v>
       </c>
       <c r="FZ27" s="6">
         <v>2.4</v>
       </c>
       <c r="GA27" s="6">
         <v>6.8</v>
       </c>
       <c r="GB27" s="6">
         <v>3.4</v>
       </c>
       <c r="GC27" s="6">
         <v>3.9</v>
       </c>
       <c r="GD27" s="6">
         <v>1.3</v>
       </c>
       <c r="GE27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG27" s="6">
         <v>13.2</v>
       </c>
       <c r="GH27" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="28" spans="1:190">
       <c r="A28" s="5"/>
       <c r="B28" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C28" s="6">
         <v>100.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E28" s="6">
         <v>100.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G28" s="6">
         <v>100.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I28" s="6">
         <v>100.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K28" s="6">
         <v>100.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M28" s="6">
         <v>100.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O28" s="6">
         <v>100.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q28" s="6">
         <v>100.0</v>
       </c>
       <c r="R28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S28" s="6">
         <v>100.0</v>
       </c>
       <c r="T28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="U28" s="6">
         <v>100.0</v>
       </c>
       <c r="V28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W28" s="6">
         <v>100.0</v>
       </c>
       <c r="X28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Y28" s="6">
         <v>100.0</v>
       </c>
       <c r="Z28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA28" s="6">
         <v>100.0</v>
       </c>
       <c r="AB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AC28" s="6">
         <v>100.0</v>
       </c>
       <c r="AD28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AE28" s="6">
         <v>100.0</v>
       </c>
       <c r="AF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AG28" s="6">
         <v>100.0</v>
       </c>
       <c r="AH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AI28" s="6">
         <v>100.0</v>
       </c>
       <c r="AJ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AK28" s="6">
         <v>100.0</v>
       </c>
       <c r="AL28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AM28" s="6">
         <v>100.0</v>
       </c>
       <c r="AN28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AO28" s="6">
         <v>100.0</v>
       </c>
       <c r="AP28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AQ28" s="6">
         <v>100.0</v>
       </c>
       <c r="AR28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AS28" s="6">
         <v>100.0</v>
       </c>
       <c r="AT28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AU28" s="6">
         <v>100.0</v>
       </c>
       <c r="AV28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AW28" s="6">
         <v>100.0</v>
       </c>
       <c r="AX28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AY28" s="6">
         <v>100.0</v>
       </c>
       <c r="AZ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BA28" s="6">
         <v>100.0</v>
       </c>
       <c r="BB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BC28" s="6">
         <v>100.0</v>
       </c>
       <c r="BD28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BE28" s="6">
         <v>100.0</v>
       </c>
       <c r="BF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BG28" s="6">
         <v>100.0</v>
       </c>
       <c r="BH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BI28" s="6">
         <v>100.0</v>
       </c>
       <c r="BJ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BK28" s="6">
         <v>100.0</v>
       </c>
       <c r="BL28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BM28" s="6">
         <v>100.0</v>
       </c>
       <c r="BN28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BO28" s="6">
         <v>100.0</v>
       </c>
       <c r="BP28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BQ28" s="6">
         <v>100.0</v>
       </c>
       <c r="BR28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BS28" s="6">
         <v>100.0</v>
       </c>
       <c r="BT28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BU28" s="6">
         <v>100.0</v>
       </c>
       <c r="BV28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BW28" s="6">
         <v>100.0</v>
       </c>
       <c r="BX28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="BY28" s="6">
         <v>100.0</v>
       </c>
       <c r="BZ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CA28" s="6">
         <v>100.0</v>
       </c>
       <c r="CB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CC28" s="6">
         <v>100.0</v>
       </c>
       <c r="CD28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CE28" s="6">
         <v>100.0</v>
       </c>
       <c r="CF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CG28" s="6">
         <v>100.0</v>
       </c>
       <c r="CH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CI28" s="6">
         <v>100.0</v>
       </c>
       <c r="CJ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CK28" s="6">
         <v>100.0</v>
       </c>
       <c r="CL28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CM28" s="6">
         <v>100.0</v>
       </c>
       <c r="CN28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CO28" s="6">
         <v>100.0</v>
       </c>
       <c r="CP28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CQ28" s="6">
         <v>100.0</v>
       </c>
       <c r="CR28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CS28" s="6">
         <v>100.0</v>
       </c>
       <c r="CT28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CU28" s="6">
         <v>100.0</v>
       </c>
       <c r="CV28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CW28" s="6">
         <v>100.0</v>
       </c>
       <c r="CX28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="CY28" s="6">
         <v>100.0</v>
       </c>
       <c r="CZ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DA28" s="6">
         <v>100.0</v>
       </c>
       <c r="DB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DC28" s="6">
         <v>100.0</v>
       </c>
       <c r="DD28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DE28" s="6">
         <v>100.0</v>
       </c>
       <c r="DF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DG28" s="6">
         <v>100.0</v>
       </c>
       <c r="DH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DI28" s="6">
         <v>100.0</v>
       </c>
       <c r="DJ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DK28" s="6">
         <v>100.0</v>
       </c>
       <c r="DL28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DM28" s="6">
         <v>100.0</v>
       </c>
       <c r="DN28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DO28" s="6">
         <v>100.0</v>
       </c>
       <c r="DP28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DQ28" s="6">
         <v>100.0</v>
       </c>
       <c r="DR28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DS28" s="6">
         <v>100.0</v>
       </c>
       <c r="DT28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DU28" s="6">
         <v>100.0</v>
       </c>
       <c r="DV28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DW28" s="6">
         <v>100.0</v>
       </c>
       <c r="DX28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="DY28" s="6">
         <v>100.0</v>
       </c>
       <c r="DZ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EA28" s="6">
         <v>100.0</v>
       </c>
       <c r="EB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EC28" s="6">
         <v>100.0</v>
       </c>
       <c r="ED28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EE28" s="6">
         <v>100.0</v>
       </c>
       <c r="EF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EG28" s="6">
         <v>100.0</v>
       </c>
       <c r="EH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EI28" s="6">
         <v>100.0</v>
       </c>
       <c r="EJ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EK28" s="6">
         <v>100.0</v>
       </c>
       <c r="EL28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EM28" s="6">
         <v>100.0</v>
       </c>
       <c r="EN28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EO28" s="6">
         <v>100.0</v>
       </c>
       <c r="EP28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EQ28" s="6">
         <v>100.0</v>
       </c>
       <c r="ER28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="ES28" s="6">
         <v>100.0</v>
       </c>
       <c r="ET28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EU28" s="6">
         <v>100.0</v>
       </c>
       <c r="EV28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EW28" s="6">
         <v>100.0</v>
       </c>
       <c r="EX28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="EY28" s="6">
         <v>100.0</v>
       </c>
       <c r="EZ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FA28" s="6">
         <v>100.0</v>
       </c>
       <c r="FB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FC28" s="6">
         <v>100.0</v>
       </c>
       <c r="FD28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FE28" s="6">
         <v>100.0</v>
       </c>
       <c r="FF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FG28" s="6">
         <v>100.0</v>
       </c>
       <c r="FH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FI28" s="6">
         <v>100.0</v>
       </c>
       <c r="FJ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FK28" s="6">
         <v>100.0</v>
       </c>
       <c r="FL28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FM28" s="6">
         <v>100.0</v>
       </c>
       <c r="FN28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FO28" s="6">
         <v>100.0</v>
       </c>
       <c r="FP28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FQ28" s="6">
         <v>100.0</v>
       </c>
       <c r="FR28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FS28" s="6">
         <v>100.0</v>
       </c>
       <c r="FT28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FU28" s="6">
         <v>100.0</v>
       </c>
       <c r="FV28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FW28" s="6">
         <v>100.0</v>
       </c>
       <c r="FX28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="FY28" s="6">
         <v>100.0</v>
       </c>
       <c r="FZ28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GA28" s="6">
         <v>100.0</v>
       </c>
       <c r="GB28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GC28" s="6">
         <v>100.0</v>
       </c>
       <c r="GD28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GE28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GF28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="GG28" s="6">
         <v>100.0</v>
       </c>
       <c r="GH28" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:190" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2276975/614906</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -11742,245 +11745,245 @@
       <c r="FX29" s="3"/>
       <c r="FY29" s="3"/>
       <c r="FZ29" s="3"/>
       <c r="GA29" s="3"/>
       <c r="GB29" s="3"/>
       <c r="GC29" s="3"/>
       <c r="GD29" s="3"/>
       <c r="GE29" s="3"/>
       <c r="GF29" s="3"/>
       <c r="GG29" s="3"/>
       <c r="GH29" s="3"/>
     </row>
     <row r="32" spans="1:190">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero totale di fusti</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:190">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:190" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="38" spans="1:190">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
+            <t xml:space="preserve">tree state (living/dead)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:190" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>
     <mergeCell ref="A3:GH3"/>
     <mergeCell ref="A4:GH4"/>
     <mergeCell ref="A5:GH5"/>
     <mergeCell ref="A6:GH6"/>
     <mergeCell ref="A7:GH7"/>
     <mergeCell ref="A8:GH8"/>
     <mergeCell ref="C10:GH10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>