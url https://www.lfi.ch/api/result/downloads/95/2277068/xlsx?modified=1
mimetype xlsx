--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+    <t>protection forest against channel processes (2022) · reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,317 +373,317 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+    <t>protection forest against channel processes (2022)</t>
   </si>
   <si>
-    <t>causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+    <t>reason for sanitary/salvage felling (forest area classifier)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessuna utilizzazione forzata ha avuto luogo</t>
+    <t>no sanitary/salvage felling</t>
   </si>
   <si>
-    <t>insetti</t>
+    <t>insects</t>
   </si>
   <si>
-    <t>funghi</t>
+    <t>fungi</t>
   </si>
   <si>
-    <t>vento</t>
+    <t>wind</t>
   </si>
   <si>
-    <t>carico da neve</t>
+    <t>snow load</t>
   </si>
   <si>
-    <t>valanga</t>
+    <t>avalanche</t>
   </si>
   <si>
-    <t>colata di fango, smottamento</t>
+    <t>debris flow, landslide</t>
   </si>
   <si>
-    <t>inondazione</t>
+    <t>flood</t>
   </si>
   <si>
-    <t>incendio boschivo</t>
+    <t>forest fire</t>
   </si>
   <si>
-    <t>altre cause</t>
+    <t>other causes</t>
   </si>
   <si>
-    <t>perdita di vitalità dovuta a siccità</t>
+    <t>loss of vitality due to drought</t>
   </si>
   <si>
-    <t>altre perdite di vitalità</t>
+    <t>other loss of vitality</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>all'interno</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>all'esterno</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277068/614999</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+      <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #762</t>
     </r>
   </si>
   <si>
-    <t>Causa principale dell'utilizzazione forzata. Fonte: inchiesta presso il servizio forestale (MID 345: Ursache der Zwangsnutzung)</t>
+    <t>Main reason for sanitary/salvage felling. Reference: Forest Service Survey (MID 345: Ursache der Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1035,52 +1035,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -34354,51 +34354,51 @@
         <v>108</v>
       </c>
       <c r="GF68" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG68" s="6">
         <v>100.0</v>
       </c>
       <c r="GH68" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="69" spans="1:190" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277068/614999</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -34572,226 +34572,226 @@
       <c r="FX69" s="3"/>
       <c r="FY69" s="3"/>
       <c r="FZ69" s="3"/>
       <c r="GA69" s="3"/>
       <c r="GB69" s="3"/>
       <c r="GC69" s="3"/>
       <c r="GD69" s="3"/>
       <c r="GE69" s="3"/>
       <c r="GF69" s="3"/>
       <c r="GG69" s="3"/>
       <c r="GH69" s="3"/>
     </row>
     <row r="72" spans="1:190">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="75" spans="1:190">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:190" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="78" spans="1:190">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">causa dell'utilizzazione forzata (variabile legata alla superficie)</t>
+            <t xml:space="preserve">reason for sanitary/salvage felling (forest area classifier)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #762</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:190" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:190">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:190" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="84" spans="1:190">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:190" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="87" spans="1:190">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:190" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>136</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>