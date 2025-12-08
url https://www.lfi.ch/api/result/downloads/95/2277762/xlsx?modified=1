--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>Waldtyp (17 Klassen)</t>
+    <t>forest type (17 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,291 +373,291 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
+    <t>inaccessible forest</t>
   </si>
   <si>
-    <t>Gebüschwald</t>
+    <t>shrub forest</t>
   </si>
   <si>
-    <t>dauernd nicht bestockte Waldfläche</t>
+    <t>permanently unstocked forest area</t>
   </si>
   <si>
-    <t>vorübergehend nicht bestockte Waldfläche</t>
+    <t>temporarily unstocked forest area</t>
   </si>
   <si>
-    <t>Schneise, Böschung</t>
+    <t>aisle, embankment</t>
   </si>
   <si>
-    <t>dauernd aufgelöste Bestockung</t>
+    <t>permanently open stand</t>
   </si>
   <si>
-    <t>Selve, Plantage</t>
+    <t>(nut) orchard, plantation</t>
   </si>
   <si>
-    <t>Niederwald</t>
+    <t>coppice forest</t>
   </si>
   <si>
-    <t>Mittelwald</t>
+    <t>coppice with standards</t>
   </si>
   <si>
-    <t>plenterartiger Hochwald</t>
+    <t>selection type high forest</t>
   </si>
   <si>
-    <t>ungleichförmiger Hochwald</t>
+    <t>non-uniform high forest</t>
   </si>
   <si>
-    <t>Jungwuchs/Dickung</t>
+    <t>young growth/ thicket</t>
   </si>
   <si>
-    <t>Stangenholz</t>
+    <t>poletimber</t>
   </si>
   <si>
-    <t>schwaches Baumholz</t>
+    <t>young timber</t>
   </si>
   <si>
-    <t>mittleres Baumholz</t>
+    <t>medium timber</t>
   </si>
   <si>
-    <t>starkes Baumholz</t>
+    <t>old timber</t>
   </si>
   <si>
-    <t>unvollständige Aufnahme</t>
+    <t>incomplete survey</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277762/615693</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+      <t xml:space="preserve">forest type (17 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -13205,51 +13205,51 @@
         <v>0.0</v>
       </c>
       <c r="GE31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF31" s="6">
         <v>31.1</v>
       </c>
       <c r="GG31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277762/615693</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -13423,191 +13423,191 @@
       <c r="FW32" s="3"/>
       <c r="FX32" s="3"/>
       <c r="FY32" s="3"/>
       <c r="FZ32" s="3"/>
       <c r="GA32" s="3"/>
       <c r="GB32" s="3"/>
       <c r="GC32" s="3"/>
       <c r="GD32" s="3"/>
       <c r="GE32" s="3"/>
       <c r="GF32" s="3"/>
       <c r="GG32" s="3"/>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
+            <t xml:space="preserve">forest type (17 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>