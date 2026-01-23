--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>forest type (17 classes)</t>
+    <t>Waldtyp (17 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,291 +373,291 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
+    <t>unzugänglicher Wald</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>Gebüschwald</t>
   </si>
   <si>
-    <t>permanently unstocked forest area</t>
+    <t>dauernd nicht bestockte Waldfläche</t>
   </si>
   <si>
-    <t>temporarily unstocked forest area</t>
+    <t>vorübergehend nicht bestockte Waldfläche</t>
   </si>
   <si>
-    <t>aisle, embankment</t>
+    <t>Schneise, Böschung</t>
   </si>
   <si>
-    <t>permanently open stand</t>
+    <t>dauernd aufgelöste Bestockung</t>
   </si>
   <si>
-    <t>(nut) orchard, plantation</t>
+    <t>Selve, Plantage</t>
   </si>
   <si>
-    <t>coppice forest</t>
+    <t>Niederwald</t>
   </si>
   <si>
-    <t>coppice with standards</t>
+    <t>Mittelwald</t>
   </si>
   <si>
-    <t>selection type high forest</t>
+    <t>plenterartiger Hochwald</t>
   </si>
   <si>
-    <t>non-uniform high forest</t>
+    <t>ungleichförmiger Hochwald</t>
   </si>
   <si>
-    <t>young growth/ thicket</t>
+    <t>Jungwuchs/Dickung</t>
   </si>
   <si>
-    <t>poletimber</t>
+    <t>Stangenholz</t>
   </si>
   <si>
-    <t>young timber</t>
+    <t>schwaches Baumholz</t>
   </si>
   <si>
-    <t>medium timber</t>
+    <t>mittleres Baumholz</t>
   </si>
   <si>
-    <t>old timber</t>
+    <t>starkes Baumholz</t>
   </si>
   <si>
-    <t>incomplete survey</t>
+    <t>unvollständige Aufnahme</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2277856/615787</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (17 classes)</t>
+      <t xml:space="preserve">Waldtyp (17 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #501</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests according to their establishment, structure and management into 17 classes («types»). In contrast to the forest typology with 12 classes, the forest typology with 17 classes defines each development stage (young growth to timber) as an individual class. Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 17 Klassen («Typen»). Im Gegensatz zum Waldtyp in 12 Klassen wird beim Waldtyp in 17 Klassen jede Entwicklungsstufe (Jungwuchs bis Baumholz) als einzelne Klasse ausgewiesen. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1009,51 +1009,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -13205,51 +13205,51 @@
         <v>0.0</v>
       </c>
       <c r="GE31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF31" s="6">
         <v>30.7</v>
       </c>
       <c r="GG31" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="21.75">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2277856/615787</t>
           </r>
         </is>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
@@ -13423,191 +13423,191 @@
       <c r="FW32" s="3"/>
       <c r="FX32" s="3"/>
       <c r="FY32" s="3"/>
       <c r="FZ32" s="3"/>
       <c r="GA32" s="3"/>
       <c r="GB32" s="3"/>
       <c r="GC32" s="3"/>
       <c r="GD32" s="3"/>
       <c r="GE32" s="3"/>
       <c r="GF32" s="3"/>
       <c r="GG32" s="3"/>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="38" spans="1:189">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (17 classes)</t>
+            <t xml:space="preserve">Waldtyp (17 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #501</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:189" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="41" spans="1:189">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:189" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="44" spans="1:189">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:189" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:189">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:189" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>