--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest without shrub forest/shrub forest/non-forest</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>bosco senza arbusteto, arbusteto, non bosco</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: total area</t>
+      <t xml:space="preserve">: superficie totale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,252 +373,252 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non-forest</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>non bosco</t>
+  </si>
+  <si>
+    <t>bosco senza arbusteto</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278027/615958</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest without shrub forest/shrub forest/non-forest</t>
+      <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #329</t>
     </r>
   </si>
   <si>
-    <t>Land cover, classified as one of three categories: 'forest without shrub forest', 'shrub forest' and 'non-forest', based on the NFI forest definition. Reference: Field Survey (MID 816), or if inaccessible, aerial photo interpretation.</t>
+    <t>Copertura del suolo, descritta con le tre classi «bosco senza arbusteto», «arbusteto» e «non bosco» in base alla definizione di bosco dell'IFN. Fonte: rilievo sul terreno (MID 816: Wald-/Nichtwald-Entscheid) oppure - nel caso di inaccessibilità - interpretazione delle foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total area</t>
+      <t xml:space="preserve">superficie totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #435</t>
     </r>
   </si>
   <si>
-    <t>Area of Switzerland or a region (e.g. production region or canton) regardless of its cover. In NFI, the total area is made up of the components «forest without shrub forest», «shrub forest» and «non-forest».</t>
+    <t>Superficie della Svizzera o di una sua regione (ad es. Regione di produzione, Cantone) indipendentemente dalla sua copertura. Nell'IFN la superficie totale è composta da «bosco senza arbusteto», «arbusteto» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -970,51 +970,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5769,51 +5769,51 @@
         <v>100.0</v>
       </c>
       <c r="GE18" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF18" s="6">
         <v>100.0</v>
       </c>
       <c r="GG18" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:189" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278027/615958</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -5987,191 +5987,191 @@
       <c r="FW19" s="3"/>
       <c r="FX19" s="3"/>
       <c r="FY19" s="3"/>
       <c r="FZ19" s="3"/>
       <c r="GA19" s="3"/>
       <c r="GB19" s="3"/>
       <c r="GC19" s="3"/>
       <c r="GD19" s="3"/>
       <c r="GE19" s="3"/>
       <c r="GF19" s="3"/>
       <c r="GG19" s="3"/>
     </row>
     <row r="22" spans="1:189">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:189" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest without shrub forest/shrub forest/non-forest</t>
+            <t xml:space="preserve">bosco senza arbusteto, arbusteto, non bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #329</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total area</t>
+            <t xml:space="preserve">superficie totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #435</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>