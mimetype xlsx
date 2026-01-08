--- v0 (2026-01-07)
+++ v1 (2026-01-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (12 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,276 +373,276 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278449/616380</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -994,51 +994,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -10345,51 +10345,51 @@
         <v>106</v>
       </c>
       <c r="GE26" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF26" s="6">
         <v>100.0</v>
       </c>
       <c r="GG26" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278449/616380</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -10563,191 +10563,191 @@
       <c r="FW27" s="3"/>
       <c r="FX27" s="3"/>
       <c r="FY27" s="3"/>
       <c r="FZ27" s="3"/>
       <c r="GA27" s="3"/>
       <c r="GB27" s="3"/>
       <c r="GC27" s="3"/>
       <c r="GD27" s="3"/>
       <c r="GE27" s="3"/>
       <c r="GF27" s="3"/>
       <c r="GG27" s="3"/>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>