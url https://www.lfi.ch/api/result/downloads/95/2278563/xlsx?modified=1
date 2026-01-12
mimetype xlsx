--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>deadwood volume (merchantable wood), lying</t>
+    <t>volume de bois mort (bois fort), à terre</t>
   </si>
   <si>
-    <t>higher/lower altitude zone · diameter of lying deadwood (4 classes)</t>
+    <t>zones supérieures/inférieures · diamètre du bois mort à terre (4 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,293 +373,293 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>lacs</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>higher/lower altitude zone</t>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
-    <t>diameter of lying deadwood (4 classes)</t>
+    <t>diamètre du bois mort à terre (4 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>7-20 cm</t>
   </si>
   <si>
     <t>20.1-30 cm</t>
   </si>
   <si>
     <t>30.1-40 cm</t>
   </si>
   <si>
     <t>&gt;40 cm</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
+    <t>zones inférieures</t>
   </si>
   <si>
-    <t>higher altitude zone</t>
+    <t>zones supérieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278563/616494</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merchantable wood), lying</t>
+      <t xml:space="preserve">volume de bois mort (bois fort), à terre</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #417</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood), including merchantable pieces of wood in piles of branches.</t>
+    <t>Volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) y compris les morceaux de bois fort dans les tas de branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter of lying deadwood (4 classes)</t>
+      <t xml:space="preserve">diamètre du bois mort à terre (4 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2678</t>
     </r>
   </si>
   <si>
-    <t>Diameter of lying deadwood – in 4 classes. Reference: Field Survey (MID 459: Durchmesser 1, MID 460: Durchmesser 2)</t>
+    <t>Diamètre du bois mort à terre, en quatre classes. Source: relevé de terrain (MID 459: Durchmesser 1, MID 460: Durchmesser 2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1011,52 +1011,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -16090,51 +16090,51 @@
         <v>108</v>
       </c>
       <c r="GF36" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG36" s="6">
         <v>100.0</v>
       </c>
       <c r="GH36" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278563/616494</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
@@ -16308,226 +16308,226 @@
       <c r="FX37" s="3"/>
       <c r="FY37" s="3"/>
       <c r="FZ37" s="3"/>
       <c r="GA37" s="3"/>
       <c r="GB37" s="3"/>
       <c r="GC37" s="3"/>
       <c r="GD37" s="3"/>
       <c r="GE37" s="3"/>
       <c r="GF37" s="3"/>
       <c r="GG37" s="3"/>
       <c r="GH37" s="3"/>
     </row>
     <row r="40" spans="1:190">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merchantable wood), lying</t>
+            <t xml:space="preserve">volume de bois mort (bois fort), à terre</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #417</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:190" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="43" spans="1:190">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:190" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:190">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter of lying deadwood (4 classes)</t>
+            <t xml:space="preserve">diamètre du bois mort à terre (4 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2678</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:190" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:190">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:190" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="52" spans="1:190">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="55" spans="1:190">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:190" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>