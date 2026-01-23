--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Mischungsgrad (terrestrisch)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>diversity of woody species</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Index</t>
+      <t xml:space="preserve">: index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,252 +373,252 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...5 lines deleted...]
-    <t>Index</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelwald rein</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2278861/616793</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gehölzartenvielfalt</t>
+      <t xml:space="preserve">diversity of woody species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #36</t>
     </r>
   </si>
   <si>
-    <t>Masszahl zur ökologischen Beurteilung von Waldbeständen, abgeleitet aus der Anzahl Gehölzarten ab 12 cm Brusthöhendurchmesser (BHD) und dem Vorkommen von Gehölzarten mit spezieller ökologischer Bedeutung (Weiden, Birken, Erlen, einheimische Pappeln, Eichen, Kastanie, Kirschbaum, Wildobst und Sorbus-Arten) in der Oberschicht.</t>
+    <t>Measure for the ecological assessment of forest stands, derived from the number of woody species with a diameter at breast height (dbh) ≥12 cm and the occurrence of woody species of special ecological significance (willows, birches, alders, native poplars, oaks, chestnut, cherry, wild fruit and Sorbus species) in the upper layer.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -970,51 +970,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -5769,51 +5769,51 @@
         <v>0.0</v>
       </c>
       <c r="GE18" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF18" s="6">
         <v>2.6</v>
       </c>
       <c r="GG18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:189" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2278861/616793</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -5987,191 +5987,191 @@
       <c r="FW19" s="3"/>
       <c r="FX19" s="3"/>
       <c r="FY19" s="3"/>
       <c r="FZ19" s="3"/>
       <c r="GA19" s="3"/>
       <c r="GB19" s="3"/>
       <c r="GC19" s="3"/>
       <c r="GD19" s="3"/>
       <c r="GE19" s="3"/>
       <c r="GF19" s="3"/>
       <c r="GG19" s="3"/>
     </row>
     <row r="22" spans="1:189">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gehölzartenvielfalt</t>
+            <t xml:space="preserve">diversity of woody species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #36</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:189" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>122</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>