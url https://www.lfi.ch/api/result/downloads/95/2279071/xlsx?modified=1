--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279071/617003</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+      <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #215</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable wood pieces in heaps of branches.</t>
+    <t>Volume di legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>106</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>100.0</v>
       </c>
       <c r="GG20" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279071/617003</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merch. wood without piles of branches), lying</t>
+            <t xml:space="preserve">volume di legno morto (l. comm. s. mucchio di rami) a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #215</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>