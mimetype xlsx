--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>drinking-water catchment area · forest type (3 classes)</t>
+    <t>Trinkwassereinzugsgebiet · Waldtyp (3 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,290 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>drinking-water catchment area</t>
+    <t>Trinkwassereinzugsgebiet</t>
   </si>
   <si>
-    <t>forest type (3 classes)</t>
+    <t>Waldtyp (3 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>inaccessible forest without shrub forest</t>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>outside catchment area</t>
+    <t>nicht im Einzugsgebiet</t>
   </si>
   <si>
-    <t>inside catchment area</t>
+    <t>im Einzugsgebiet</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279183/617115</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">drinking-water catchment area</t>
+      <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #507</t>
     </r>
   </si>
   <si>
-    <t>Location inside or outside the catchment area of a spring whose water is fed either directly and unfiltered into the drinking-water supply, or is used at least temporarily or partially as drinking water for the public. Reference: Forest Service Survey (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
+    <t>Lage inner- oder ausserhalb des Einzugsgebiets einer Quelle, deren Wasser direkt und ungefiltert der Trinkwasserversorgung zugeleitet oder zumindest zeit- oder teilweise als Trinkwasser für Menschen genutzt wird. Grundlage: Forstdienstbefragung (MID 603: Wald im Einzugsgebiet von gefassten Trinkwasserquellen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1008,52 +1008,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -13807,51 +13807,51 @@
         <v>108</v>
       </c>
       <c r="GF32" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG32" s="6">
         <v>100.0</v>
       </c>
       <c r="GH32" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279183/617115</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -14025,226 +14025,226 @@
       <c r="FX33" s="3"/>
       <c r="FY33" s="3"/>
       <c r="FZ33" s="3"/>
       <c r="GA33" s="3"/>
       <c r="GB33" s="3"/>
       <c r="GC33" s="3"/>
       <c r="GD33" s="3"/>
       <c r="GE33" s="3"/>
       <c r="GF33" s="3"/>
       <c r="GG33" s="3"/>
       <c r="GH33" s="3"/>
     </row>
     <row r="36" spans="1:190">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:190">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">drinking-water catchment area</t>
+            <t xml:space="preserve">Trinkwassereinzugsgebiet</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #507</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:190" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:190">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:190" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:190">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:190" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>