--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>surface forestière</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>forêt de protection contre des coulées de boue/glissements de terrain (2022) · nombre de tiges/ha (DHP ≥12 cm; vifs sur pied; par classes)</t>
+    <t>protection forest against hillslope debris flows/landslides (2022) · number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: arrondissement forestier (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, sous-total</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>arrondissement forestier (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,302 +373,302 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lacs</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+    <t>protection forest against hillslope debris flows/landslides (2022)</t>
   </si>
   <si>
-    <t>nombre de tiges/ha (DHP ≥12 cm; vifs sur pied; par classes)</t>
+    <t>number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">0-100 tiges/ha </t>
+    <t>0-100 stems/ha</t>
   </si>
   <si>
-    <t>101-200 tiges/ha</t>
+    <t>101-200 stems/ha</t>
   </si>
   <si>
-    <t>201-300 tiges/ha</t>
+    <t>201-300 stems/ha</t>
   </si>
   <si>
-    <t>301-400 tiges/ha</t>
+    <t>301-400 stems/ha</t>
   </si>
   <si>
-    <t>401-500 tiges/ha</t>
+    <t>401-500 stems/ha</t>
   </si>
   <si>
-    <t>501-600 tiges/ha</t>
+    <t>501-600 stems/ha</t>
   </si>
   <si>
-    <t>&gt;600 tiges/ha</t>
+    <t>&gt;600 stems/ha</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'intérieur</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>à l'extérieur</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279400/617332</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+      <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2644</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les coulées de boue/glissements de terrain délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against hillslope debris flows/landslides which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges/ha (DHP ≥12 cm; vifs sur pied; par classes)</t>
+      <t xml:space="preserve">number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1925</t>
     </r>
   </si>
   <si>
-    <t>Nombre d'arbres et d'arbustes vifs sur pied à partir de 12 cm de diamètre à hauteur de poitrine (DHP) par hectare, en classes de 100 tiges. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Number of standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in classes of 100. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">arrondissement forestier (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1020,52 +1020,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="92.977" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="74.125" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -22939,51 +22939,51 @@
         <v>108</v>
       </c>
       <c r="GF48" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG48" s="6">
         <v>100.0</v>
       </c>
       <c r="GH48" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279400/617332</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
@@ -23157,226 +23157,226 @@
       <c r="FX49" s="3"/>
       <c r="FY49" s="3"/>
       <c r="FZ49" s="3"/>
       <c r="GA49" s="3"/>
       <c r="GB49" s="3"/>
       <c r="GC49" s="3"/>
       <c r="GD49" s="3"/>
       <c r="GE49" s="3"/>
       <c r="GF49" s="3"/>
       <c r="GG49" s="3"/>
       <c r="GH49" s="3"/>
     </row>
     <row r="52" spans="1:190">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="55" spans="1:190">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des coulées de boue/glissements de terrain (2022)</t>
+            <t xml:space="preserve">protective forest against hillslope debris flows/landslides (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2644</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:190" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="58" spans="1:190">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges/ha (DHP ≥12 cm; vifs sur pied; par classes)</t>
+            <t xml:space="preserve">number of stems/ha (dbh ≥12 cm; standing-living; classified)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1925</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:190" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:190">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">arrondissement forestier (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:190" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>