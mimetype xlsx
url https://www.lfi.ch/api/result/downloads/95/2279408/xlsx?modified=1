--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>surface terrière</t>
   </si>
   <si>
-    <t>protection forest (2022) · main tree species</t>
+    <t>forêt protectrice (2022) · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,320 +373,320 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>lacs</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>protection forest (2022)</t>
+    <t>forêt protectrice (2022)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>essence principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>épicéa</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>sapin</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pin</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>mélèze</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>arole</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>autres résineux</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>hêtre</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>érable</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frêne</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>chêne</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>châtaignier</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>autres feuillus</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>à l'intérieur</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279408/617340</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest (2022)</t>
+      <t xml:space="preserve">forêt protectrice (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2576</t>
     </r>
   </si>
   <si>
-    <t>Area inside/outside the protective forest that the cantons had designated in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013). In 2022, Canton Aargau had not yet designated its protective forest. Reference: GIS data from FOEN, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt protectrice délimitée en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013). En 2022, le Canton d'Argovie n'avait pas encore délimité le périmètre de ses forêts protectrices. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1039,51 +1039,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -36637,51 +36637,51 @@
         <v>0.0</v>
       </c>
       <c r="GF72" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG72" s="6">
         <v>32.4</v>
       </c>
       <c r="GH72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279408/617340</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -36855,226 +36855,226 @@
       <c r="FX73" s="3"/>
       <c r="FY73" s="3"/>
       <c r="FZ73" s="3"/>
       <c r="GA73" s="3"/>
       <c r="GB73" s="3"/>
       <c r="GC73" s="3"/>
       <c r="GD73" s="3"/>
       <c r="GE73" s="3"/>
       <c r="GF73" s="3"/>
       <c r="GG73" s="3"/>
       <c r="GH73" s="3"/>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="79" spans="1:190">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest (2022)</t>
+            <t xml:space="preserve">forêt protectrice (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2576</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:190" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="82" spans="1:190">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:190" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="85" spans="1:190">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:190" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="88" spans="1:190">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:190" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="91" spans="1:190">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:190" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>137</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>