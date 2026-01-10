--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>LFI5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>Schutzwald gegen Lawinen (2022) · Zwangsnutzungsanteil</t>
+    <t>protection forest against avalanches (2022) · proportion of sanitary/salvage fellings</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,290 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>Schutzwald gegen Lawinen (2022)</t>
+    <t>protection forest against avalanches (2022)</t>
   </si>
   <si>
-    <t>Zwangsnutzungsanteil</t>
+    <t>proportion of sanitary/salvage fellings</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>1-50%</t>
   </si>
   <si>
     <t>&gt;50%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
-    <t>innerhalb</t>
+    <t>inside</t>
   </si>
   <si>
-    <t>ausserhalb</t>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2279698/617630</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">protective forest against avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzungsanteil</t>
+      <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Zwangsnutzungen an der Gesamtnutzung in drei Klassen. Grundlage: Forstdienstbefragung (MID 344: Anteil Zwangsnutzung)</t>
+    <t>Percentage of sanitary/salvage fellings in total fellings - in three classes. Reference: Forest Service Survey (MID 344: Anteil Zwangsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1008,52 +1008,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -13807,51 +13807,51 @@
         <v>108</v>
       </c>
       <c r="GF32" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG32" s="6">
         <v>100.0</v>
       </c>
       <c r="GH32" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2279698/617630</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -14025,226 +14025,226 @@
       <c r="FX33" s="3"/>
       <c r="FY33" s="3"/>
       <c r="FZ33" s="3"/>
       <c r="GA33" s="3"/>
       <c r="GB33" s="3"/>
       <c r="GC33" s="3"/>
       <c r="GD33" s="3"/>
       <c r="GE33" s="3"/>
       <c r="GF33" s="3"/>
       <c r="GG33" s="3"/>
       <c r="GH33" s="3"/>
     </row>
     <row r="36" spans="1:190">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:190">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">protective forest against avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:190" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:190">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzungsanteil</t>
+            <t xml:space="preserve">proportion of sanitary/salvage fellings</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:190" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:190">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:190" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>