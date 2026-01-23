--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes) · conifers and broadleaves</t>
+    <t>Brusthöhendurchmesser (10 Klassen) · Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,314 +373,314 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes)</t>
+    <t>Brusthöhendurchmesser (10 Klassen)</t>
   </si>
   <si>
-    <t>conifers and broadleaves</t>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
+    <t>Nadelholz</t>
   </si>
   <si>
-    <t>broadleaves</t>
+    <t>Laubholz</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2280029/617961</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1032,52 +1032,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -36647,51 +36647,51 @@
         <v>0.0</v>
       </c>
       <c r="GF72" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG72" s="6">
         <v>30.7</v>
       </c>
       <c r="GH72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2280029/617961</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -36865,226 +36865,226 @@
       <c r="FX73" s="3"/>
       <c r="FY73" s="3"/>
       <c r="FZ73" s="3"/>
       <c r="GA73" s="3"/>
       <c r="GB73" s="3"/>
       <c r="GC73" s="3"/>
       <c r="GD73" s="3"/>
       <c r="GE73" s="3"/>
       <c r="GF73" s="3"/>
       <c r="GG73" s="3"/>
       <c r="GH73" s="3"/>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="79" spans="1:190">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:190" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="82" spans="1:190">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:190" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="85" spans="1:190">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:190" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="88" spans="1:190">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:190" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="91" spans="1:190">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:190" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>