--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen) · Nadelholz, Laubholz</t>
+    <t>diametro a petto d'uomo (10 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,314 +373,314 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen)</t>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
-    <t>Nadelholz, Laubholz</t>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
+    <t>conifere</t>
   </si>
   <si>
-    <t>Laubholz</t>
+    <t>latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2280029/617961</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1032,52 +1032,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -36647,51 +36647,51 @@
         <v>0.0</v>
       </c>
       <c r="GF72" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG72" s="6">
         <v>30.7</v>
       </c>
       <c r="GH72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:190" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2280029/617961</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -36865,226 +36865,226 @@
       <c r="FX73" s="3"/>
       <c r="FY73" s="3"/>
       <c r="FZ73" s="3"/>
       <c r="GA73" s="3"/>
       <c r="GB73" s="3"/>
       <c r="GC73" s="3"/>
       <c r="GD73" s="3"/>
       <c r="GE73" s="3"/>
       <c r="GF73" s="3"/>
       <c r="GG73" s="3"/>
       <c r="GH73" s="3"/>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="79" spans="1:190">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:190" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="82" spans="1:190">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:190" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="85" spans="1:190">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:190" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="88" spans="1:190">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:190" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="91" spans="1:190">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:190" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>