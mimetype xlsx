--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>bosco esclusi gli arbusteti, arbusteto · funzione di produzione di legname</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest · forest function 'timber production'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,287 +373,287 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...8 lines deleted...]
-    <t>funzione di produzione di legname</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest without shrub forest - shrub forest</t>
+  </si>
+  <si>
+    <t>forest function 'timber production'</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>sì</t>
-[...8 lines deleted...]
-    <t>arbusteto</t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2281038/618970</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+      <t xml:space="preserve">forest without shrub forest - shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1697</t>
     </r>
   </si>
   <si>
-    <t>Tipo di bosco in due classi (bosco esclusi gli arbusteti, arbusteto). Fonte: rilievo sul terreno (MID 816) oppure, se il bosco non è accessibile, interpretazione di foto aeree</t>
+    <t>Type of forest in two classes: «forest without shrub forest» or «shrub forest». Reference: Field Survey (MID 816) or - if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di produzione di legname</t>
+      <t xml:space="preserve">forest function 'timber production'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #480</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «produzione di legname» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presence of the forest function 'timber production' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1005,52 +1005,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -11524,51 +11524,51 @@
         <v>0.0</v>
       </c>
       <c r="GF28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG28" s="6">
         <v>1270.3</v>
       </c>
       <c r="GH28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:190" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2281038/618970</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -11742,226 +11742,226 @@
       <c r="FX29" s="3"/>
       <c r="FY29" s="3"/>
       <c r="FZ29" s="3"/>
       <c r="GA29" s="3"/>
       <c r="GB29" s="3"/>
       <c r="GC29" s="3"/>
       <c r="GD29" s="3"/>
       <c r="GE29" s="3"/>
       <c r="GF29" s="3"/>
       <c r="GG29" s="3"/>
       <c r="GH29" s="3"/>
     </row>
     <row r="32" spans="1:190">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:190">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco esclusi gli arbusteti, arbusteto</t>
+            <t xml:space="preserve">forest without shrub forest - shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1697</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:190" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:190">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di produzione di legname</t>
+            <t xml:space="preserve">forest function 'timber production'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #480</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:190" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:190">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:190" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:190">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:190" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:190">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>126</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>