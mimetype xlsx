--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>basal area of deadwood NFI1</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 1983/85</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2281617/619549</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzbasalfläche LFI1</t>
+      <t xml:space="preserve">basal area of deadwood NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #247</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) der toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD nach Methode LFI1. Im LFI1 wurden bei den toten Bäumen nur diejenigen aufgenommen, deren Holz noch verwertbar war.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm according to the method used in NFI1. In NFI1, dead trees were only included if their wood was still usable.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>0.0</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>0.6</v>
       </c>
       <c r="GG17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2281617/619549</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzbasalfläche LFI1</t>
+            <t xml:space="preserve">basal area of deadwood NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #247</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>