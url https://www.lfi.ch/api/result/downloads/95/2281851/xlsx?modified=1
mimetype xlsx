--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi) · quota (classi di 400 m)</t>
+    <t>Waldtyp (3 Klassen) · Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,299 +373,299 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi)</t>
+    <t>Waldtyp (3 Klassen)</t>
   </si>
   <si>
-    <t>quota (classi di 400 m)</t>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
-    <t>601-1000 m</t>
+    <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
+    <t>zugänglicher Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>bosco non accessibile esclusi gli arbusteti</t>
+    <t>unzugänglicher Wald ohne Gebüschwald</t>
   </si>
   <si>
-    <t>arbusteti</t>
+    <t xml:space="preserve">Gebüschwald </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2281851/619783</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 400 m)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1020,52 +1020,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -22371,51 +22371,51 @@
         <v>0.0</v>
       </c>
       <c r="GF47" s="7" t="s">
         <v>108</v>
       </c>
       <c r="GG47" s="7">
         <v>1176.4</v>
       </c>
       <c r="GH47" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:190" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2281851/619783</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
@@ -22589,226 +22589,226 @@
       <c r="FX48" s="3"/>
       <c r="FY48" s="3"/>
       <c r="FZ48" s="3"/>
       <c r="GA48" s="3"/>
       <c r="GB48" s="3"/>
       <c r="GC48" s="3"/>
       <c r="GD48" s="3"/>
       <c r="GE48" s="3"/>
       <c r="GF48" s="3"/>
       <c r="GG48" s="3"/>
       <c r="GH48" s="3"/>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:190">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:190" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="57" spans="1:190">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 400 m)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:190" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="60" spans="1:190">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:190" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="63" spans="1:190">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:190" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="66" spans="1:190">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:190" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>