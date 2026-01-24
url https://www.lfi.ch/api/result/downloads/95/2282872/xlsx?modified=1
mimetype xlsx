--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
-    <t>NFI3–NFI4</t>
+    <t>IFN3–IFN4</t>
   </si>
   <si>
-    <t>mortality</t>
+    <t>mortalità</t>
   </si>
   <si>
-    <t>tree species (56 classes)</t>
+    <t>specie arborea (56 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>change 2004/06–2009/17</t>
+    <t>variazione 2004/06–2009/17</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,102 +373,102 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>1000 m³/yr</t>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -493,288 +493,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (altr)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (altri)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>other shrubs</t>
+    <t>altre arbusti</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282872/620804</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortality</t>
+      <t xml:space="preserve">mortalità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">specie arborea (56 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
+    <t>Bosco che sia nell'IFN3 (2004-2006) che nell'IFN4 (2009-2017) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1127,237 +1127,237 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -35513,51 +35513,51 @@
         <v>0</v>
       </c>
       <c r="GE70" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF70" s="6">
         <v>1672</v>
       </c>
       <c r="GG70" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:189" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282872/620804</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -35731,191 +35731,191 @@
       <c r="FW71" s="3"/>
       <c r="FX71" s="3"/>
       <c r="FY71" s="3"/>
       <c r="FZ71" s="3"/>
       <c r="GA71" s="3"/>
       <c r="GB71" s="3"/>
       <c r="GC71" s="3"/>
       <c r="GD71" s="3"/>
       <c r="GE71" s="3"/>
       <c r="GF71" s="3"/>
       <c r="GG71" s="3"/>
     </row>
     <row r="74" spans="1:189">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortality</t>
+            <t xml:space="preserve">mortalità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:189" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:189">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">specie arborea (56 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:189" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:189">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:189" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:189">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:189" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:189">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:189" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>174</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>