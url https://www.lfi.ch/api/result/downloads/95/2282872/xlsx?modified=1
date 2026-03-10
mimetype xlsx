--- v1 (2026-01-24)
+++ v2 (2026-03-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
-    <t>IFN3–IFN4</t>
+    <t>LFI3–LFI4</t>
   </si>
   <si>
-    <t>mortalità</t>
+    <t>Mortalität</t>
   </si>
   <si>
-    <t>specie arborea (56 classi)</t>
+    <t>Baumart (56 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/anno</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>variazione 2004/06–2009/17</t>
+    <t>Veränderung 2004/06–2009/17</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,102 +373,102 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>1000 m³/anno</t>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>übrige Nadelbäume</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -493,288 +493,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (altr)</t>
+    <t>Populus (übrige)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (altri)</t>
+    <t>Salix (übrige)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>übrige Laubbäume</t>
   </si>
   <si>
-    <t>altre arbusti</t>
+    <t>übrige Sträucher</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282872/620804</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortalità</t>
+      <t xml:space="preserve">Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (56 classi)</t>
+      <t xml:space="preserve">Baumart (56 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in 56 Klassen. Die nicht explizit aufgeführten Arten(gruppen) sind in den Klassen «übrige Nadelbäume», übrige Laubbäume» und «übrige Sträucher» zusammengefasst. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN3 (2004-2006) che nell'IFN4 (2009-2017) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -35513,51 +35513,51 @@
         <v>0</v>
       </c>
       <c r="GE70" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF70" s="6">
         <v>1672</v>
       </c>
       <c r="GG70" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:189" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282872/620804</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -35731,191 +35731,191 @@
       <c r="FW71" s="3"/>
       <c r="FX71" s="3"/>
       <c r="FY71" s="3"/>
       <c r="FZ71" s="3"/>
       <c r="GA71" s="3"/>
       <c r="GB71" s="3"/>
       <c r="GC71" s="3"/>
       <c r="GD71" s="3"/>
       <c r="GE71" s="3"/>
       <c r="GF71" s="3"/>
       <c r="GG71" s="3"/>
     </row>
     <row r="74" spans="1:189">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortalità</t>
+            <t xml:space="preserve">Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:189" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:189">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (56 classi)</t>
+            <t xml:space="preserve">Baumart (56 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:189" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:189">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:189" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:189">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN3/IFN4</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:189" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:189">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:189" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>174</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>