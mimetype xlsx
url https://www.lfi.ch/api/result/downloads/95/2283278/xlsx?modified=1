--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
-    <t>IFN2–IFN3</t>
+    <t>NFI2–NFI3</t>
   </si>
   <si>
-    <t>mortalità</t>
+    <t>mortality</t>
   </si>
   <si>
-    <t>specie arborea (56 classi)</t>
+    <t>tree species (56 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/anno</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI2/NFI3</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>variazione 1993/95–2004/06</t>
+    <t>change 1993/95–2004/06</t>
   </si>
   <si>
-    <t>circondario forestale (2024)</t>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,102 +373,102 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>m³/ha/anno</t>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -493,288 +493,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (altr)</t>
+    <t>Populus (others)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (altri)</t>
+    <t>Salix (others)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>altre arbusti</t>
+    <t>other shrubs</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2283278/621210</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortalità</t>
+      <t xml:space="preserve">mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (56 classi)</t>
+      <t xml:space="preserve">tree species (56 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #533</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN2 (1993-1995) sia nell'IFN3 (2004-2006), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI2 (1993-1995) and NFI3 (2004-2006).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1127,237 +1127,237 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -35513,51 +35513,51 @@
         <v>0.0</v>
       </c>
       <c r="GE70" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF70" s="6">
         <v>1.7</v>
       </c>
       <c r="GG70" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:189" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2283278/621210</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -35731,191 +35731,191 @@
       <c r="FW71" s="3"/>
       <c r="FX71" s="3"/>
       <c r="FY71" s="3"/>
       <c r="FZ71" s="3"/>
       <c r="GA71" s="3"/>
       <c r="GB71" s="3"/>
       <c r="GC71" s="3"/>
       <c r="GD71" s="3"/>
       <c r="GE71" s="3"/>
       <c r="GF71" s="3"/>
       <c r="GG71" s="3"/>
     </row>
     <row r="74" spans="1:189">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortalità</t>
+            <t xml:space="preserve">mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:189" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:189">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (56 classi)</t>
+            <t xml:space="preserve">tree species (56 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:189" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:189">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:189" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:189">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #533</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:189" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:189">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:189" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>174</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>