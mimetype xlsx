--- v1 (2026-01-24)
+++ v2 (2026-03-18)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
-    <t>NFI2–NFI3</t>
+    <t>LFI2–LFI3</t>
   </si>
   <si>
-    <t>mortality</t>
+    <t>Mortalität</t>
   </si>
   <si>
-    <t>tree species (56 classes)</t>
+    <t>Baumart (56 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI2/LFI3</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>change 1993/95–2004/06</t>
+    <t>Veränderung 1993/95–2004/06</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,102 +373,102 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>Seen</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>m³/ha/yr</t>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelbäume</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -493,288 +493,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (übrige)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (übrige)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubbäume</t>
   </si>
   <si>
-    <t>other shrubs</t>
+    <t>übrige Sträucher</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2283278/621210</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortality</t>
+      <t xml:space="preserve">Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">Baumart (56 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in 56 Klassen. Die nicht explizit aufgeführten Arten(gruppen) sind in den Klassen «übrige Nadelbäume», übrige Laubbäume» und «übrige Sträucher» zusammengefasst. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI2/LFI3</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #533</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI2 (1993-1995) and NFI3 (2004-2006).</t>
+    <t>Wald, der sowohl im LFI2 (1993-1995) als auch im LFI3 (2004-2006) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1127,237 +1127,237 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -35513,51 +35513,51 @@
         <v>0.0</v>
       </c>
       <c r="GE70" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF70" s="6">
         <v>1.7</v>
       </c>
       <c r="GG70" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:189" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2283278/621210</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -35731,191 +35731,191 @@
       <c r="FW71" s="3"/>
       <c r="FX71" s="3"/>
       <c r="FY71" s="3"/>
       <c r="FZ71" s="3"/>
       <c r="GA71" s="3"/>
       <c r="GB71" s="3"/>
       <c r="GC71" s="3"/>
       <c r="GD71" s="3"/>
       <c r="GE71" s="3"/>
       <c r="GF71" s="3"/>
       <c r="GG71" s="3"/>
     </row>
     <row r="74" spans="1:189">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortality</t>
+            <t xml:space="preserve">Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:189" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="77" spans="1:189">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">Baumart (56 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:189" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="80" spans="1:189">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:189" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:189">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI2/LFI3</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #533</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:189" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="86" spans="1:189">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:189" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>174</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>