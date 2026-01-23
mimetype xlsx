--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>NFI1–NFI2</t>
-[...5 lines deleted...]
-    <t>altitude (in 400 m classes)</t>
+    <t>LFI1–LFI2</t>
+  </si>
+  <si>
+    <t>Nutzung und Mortalität</t>
+  </si>
+  <si>
+    <t>Höhenlage (400-m-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1/NFI2</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>change 1983/85–1993/95</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Veränderung 1983/85–1993/95</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...5 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t>1001-1400 m</t>
+    <t xml:space="preserve">1001-1400 m </t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2283593/621525</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings and mortality</t>
+      <t xml:space="preserve">Nutzung und Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #13</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were harvested, died or disappeared between two inventories.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 400 m classes)</t>
+      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #531</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI1 (1983-1985) and NFI2 (1993-1995).</t>
+    <t>Wald, der sowohl im LFI1 (1983-1985) als auch im LFI2 (1993-1995) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,238 +976,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -6344,51 +6344,51 @@
         <v>0</v>
       </c>
       <c r="GE19" s="7" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="7">
         <v>7484</v>
       </c>
       <c r="GG19" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2283593/621525</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6562,191 +6562,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings and mortality</t>
+            <t xml:space="preserve">Nutzung und Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #13</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 400 m classes)</t>
+            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1/NFI2</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1/LFI2</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #531</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>