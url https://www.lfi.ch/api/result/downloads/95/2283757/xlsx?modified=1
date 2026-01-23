--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Stöcke und liegendes Totholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>ceppaie e legno morto a terra</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">vorhanden </t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>presenti</t>
+  </si>
+  <si>
+    <t>non presenti</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2283757/621689</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stöcke und liegendes Totholz</t>
+      <t xml:space="preserve">ceppaie e legno morto a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #459</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Stöcke und liegendem Totholz auf der Interpretationsfläche. «mit» ist gegeben, wenn auf der Interpretationsfläche mindestens fünf Baumstöcke ab 30 cm Durchmesser und 20 cm Höhe oder ein liegender Baum von 30 cm Brusthöhendurchmesser (BHD) vorhanden ist. Grundlage: Feldaufnahme (MID 210: Stöcke)</t>
+    <t>Aree di saggio con/senza ceppaie e legno morto a terra sull'area di interpretazione (50 x 50 m). «con» è dato, quando sull'area di interpretazione sono presenti almeno cinque ceppaie di almeno 30 cm di diametro e 20 cm di altezza oppure un albero a terra di almeno 30 cm di diametro a petto d'uomo (DPU). Fonte: rilievo sul terreno (MID 210: Stöcke)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>106</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>100.0</v>
       </c>
       <c r="GG16" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2283757/621689</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stöcke und liegendes Totholz</t>
+            <t xml:space="preserve">ceppaie e legno morto a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #459</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>