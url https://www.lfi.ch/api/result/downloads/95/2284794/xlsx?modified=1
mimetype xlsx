--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forests (2022): forest NFI4/NFI5</t>
+      <t xml:space="preserve">: Schutzwald (2022): Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2284794/622726</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
+      <t xml:space="preserve">Schutzwald (2022): Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2683</t>
     </r>
   </si>
   <si>
-    <t>Area that, in both the NFI4 (2009-2017) and the NFI5 (2018-2026), conforms with the NFI's definition of «forest», i.e. «forest without shrub forest» or «shrub forest», and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2008-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>0.0</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>565.2</v>
       </c>
       <c r="GG20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2284794/622726</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forests (2022): forest NFI4/NFI5</t>
+            <t xml:space="preserve">Schutzwald (2022): Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2683</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>