--- v0 (2026-01-24)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>IFN3—IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>NFI3—NFI5</t>
+  </si>
+  <si>
+    <t>change: basal area</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>variazione 2004/07–2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>change 2004/07–2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,279 +373,279 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...38 lines deleted...]
-    <t>totale</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285396/623328</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -997,51 +997,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -10917,51 +10917,51 @@
         <v>106</v>
       </c>
       <c r="GE27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF27" s="6">
         <v>0.0</v>
       </c>
       <c r="GG27" s="6">
         <v>3127</v>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285396/623328</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -11135,191 +11135,191 @@
       <c r="FW28" s="3"/>
       <c r="FX28" s="3"/>
       <c r="FY28" s="3"/>
       <c r="FZ28" s="3"/>
       <c r="GA28" s="3"/>
       <c r="GB28" s="3"/>
       <c r="GC28" s="3"/>
       <c r="GD28" s="3"/>
       <c r="GE28" s="3"/>
       <c r="GF28" s="3"/>
       <c r="GG28" s="3"/>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:189">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:189" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>