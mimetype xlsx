--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -12,133 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>proportion of forest plots</t>
+    <t>proporzione di aree di saggio in bosco</t>
   </si>
   <si>
-    <t>recreation infrastructure · intensity of recreational use</t>
+    <t>infrastrutture per la ricreazione · intensità dell'uso ricreativo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,299 +373,302 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>recreation infrastructure</t>
+    <t>infrastrutture per la ricreazione</t>
   </si>
   <si>
-    <t>intensity of recreational use</t>
+    <t>intensità dell'uso ricreativo</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
+    <t>nessuna attività di svago</t>
   </si>
   <si>
-    <t>low</t>
+    <t>molto debole</t>
   </si>
   <si>
-    <t>light</t>
+    <t>debole</t>
   </si>
   <si>
-    <t>moderate</t>
+    <t>moderata</t>
   </si>
   <si>
-    <t>strong</t>
+    <t>forte</t>
   </si>
   <si>
-    <t>very strong</t>
+    <t>molto forte</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>paths</t>
+    <t>nessuna infrastruttura</t>
   </si>
   <si>
-    <t>specific recreation facilities</t>
+    <t>sentieri</t>
+  </si>
+  <si>
+    <t>strutture specifiche</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285533/623465</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation infrastructure</t>
+      <t xml:space="preserve">infrastrutture per la ricreazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1311</t>
     </r>
   </si>
   <si>
-    <t>Sample plots without/with recreation infrastructure (paths and specific recreation facilities) on the interpretation area (50 × 50 m). Reference: Field Survey (MID 220: Erholungseinrichtungen)</t>
+    <t>Aree di saggio senza/con infrastrutture per la ricreazione (sentieri, strutture specifiche per la ricreazione) nell'area di interpretazione (50 × 50 m). Fonte: rilievo sul terreno (MID 220: Erholungseinrichtungen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensity of recreational use</t>
+      <t xml:space="preserve">intensità dell'uso ricreativo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #508</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use within a radius of 100 m around the sample plot centre, classified according to visitor frequency as a measure of the intensity of recreational use. No recreational use: &lt;10 persons/year; very low intensity: &lt;1 person/day; low: 1-10 persons/day; moderate: 11-100 persons/day; high: 101-500 persons/day; very high: &gt;500 persons/day based on the entire year or the relevant season, taking into account all types of recreational use. Reference: Forest Service Survey (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio senza/con attuale uso ricreativo in un raggio di 100 m intorno al centro dell'area di saggio, classificate in base alla frequenza dei visitatori come misura dell'intensità dell'uso ricreativo. nessuna attività ricreativa: &lt;10 persone/anno, intensità delle attività ricreativa molto bassa: &lt;1 persona/giorno, bassa: 1-10 persone/giorno, moderata: 11-100 persone/giorno, grande: 101-500 persone/giorno, molto grande: &gt;500 persone/giorno riferita all'intero anno o alla relativa stagione, tenendo conto di tutti i tipi di attività ricreativa. Fonte: inchiesta presso il servizio forestale (MID 330: Intensität der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1017,51 +1020,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -6959,51 +6962,51 @@
       </c>
       <c r="GB20" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GC20" s="6">
         <v>0.0</v>
       </c>
       <c r="GD20" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GF20" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG20" s="6">
         <v>0.0</v>
       </c>
       <c r="GH20" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:190">
       <c r="A21" s="5" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>108</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>108</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
@@ -11521,51 +11524,51 @@
       </c>
       <c r="GB28" s="6">
         <v>12.9</v>
       </c>
       <c r="GC28" s="6">
         <v>38.9</v>
       </c>
       <c r="GD28" s="6">
         <v>11.5</v>
       </c>
       <c r="GE28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GF28" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG28" s="6">
         <v>67.4</v>
       </c>
       <c r="GH28" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="29" spans="1:190">
       <c r="A29" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E29" s="6">
         <v>0.0</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>108</v>
       </c>
       <c r="G29" s="6">
         <v>0.0</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>108</v>
       </c>
       <c r="I29" s="6">
         <v>0.0</v>
       </c>
@@ -16083,51 +16086,51 @@
       </c>
       <c r="GB36" s="6">
         <v>12.9</v>
       </c>
       <c r="GC36" s="6">
         <v>61.1</v>
       </c>
       <c r="GD36" s="6">
         <v>11.5</v>
       </c>
       <c r="GE36" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GF36" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG36" s="6">
         <v>30.8</v>
       </c>
       <c r="GH36" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="37" spans="1:190">
       <c r="A37" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C37" s="6">
         <v>0.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E37" s="6">
         <v>0.0</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>108</v>
       </c>
       <c r="G37" s="6">
         <v>0.0</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>108</v>
       </c>
       <c r="I37" s="6">
         <v>0.0</v>
       </c>
@@ -25218,51 +25221,51 @@
         <v>108</v>
       </c>
       <c r="GF52" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG52" s="6">
         <v>100.0</v>
       </c>
       <c r="GH52" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="53" spans="1:190" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285533/623465</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -25436,245 +25439,245 @@
       <c r="FX53" s="3"/>
       <c r="FY53" s="3"/>
       <c r="FZ53" s="3"/>
       <c r="GA53" s="3"/>
       <c r="GB53" s="3"/>
       <c r="GC53" s="3"/>
       <c r="GD53" s="3"/>
       <c r="GE53" s="3"/>
       <c r="GF53" s="3"/>
       <c r="GG53" s="3"/>
       <c r="GH53" s="3"/>
     </row>
     <row r="56" spans="1:190">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:190" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="59" spans="1:190">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation infrastructure</t>
+            <t xml:space="preserve">infrastrutture per la ricreazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1311</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:190" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:190">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensity of recreational use</t>
+            <t xml:space="preserve">intensità dell'uso ricreativo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #508</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:190" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:190">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:190" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="68" spans="1:190">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:190" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="71" spans="1:190">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:190" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>
     <mergeCell ref="A3:GH3"/>
     <mergeCell ref="A4:GH4"/>
     <mergeCell ref="A5:GH5"/>
     <mergeCell ref="A6:GH6"/>
     <mergeCell ref="A7:GH7"/>
     <mergeCell ref="A8:GH8"/>
     <mergeCell ref="C10:GH10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>