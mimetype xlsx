--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>LFI3—LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>NFI3—NFI5</t>
+  </si>
+  <si>
+    <t>change: basal area</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2004/07–2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>change 2004/07–2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285626/623558</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>106</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>0.0</v>
       </c>
       <c r="GG20" s="6">
         <v>3127</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285626/623558</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>