--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>NFI3—NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN3—IFN5</t>
+  </si>
+  <si>
+    <t>variazione: area basimetrica</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2004/07–2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>variazione 2004/07–2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285626/623558</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>106</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>0.0</v>
       </c>
       <c r="GG20" s="6">
         <v>3127</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285626/623558</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>