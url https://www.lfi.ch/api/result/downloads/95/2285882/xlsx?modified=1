--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
-    <t>LFI1—LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>NFI1—NFI5</t>
+  </si>
+  <si>
+    <t>change: stand density index (SDI)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Index</t>
+      <t xml:space="preserve">: index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 1983/85–2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>change 1983/85–2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,258 +373,258 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...5 lines deleted...]
-    <t>Index</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 27.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 27.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285882/623814</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesdichteindex (SDI)</t>
+      <t xml:space="preserve">stand density index (SDI)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #29</t>
     </r>
   </si>
   <si>
-    <t>Mass für die Dichte einer Bestockung, das aus der Stammzahl pro ha (im LFI Bäume und Sträucher ab 12 cm Brusthöhendurchmesser [BHD]) und dem Mitteldurchmesser berechnet wird. Bei einer Kluppschwelle von 0 cm ist der SDI weitgehend unabhängig von Standortgüte, Baumartenzusammensetzung und Bestandesalter.</t>
+    <t>Measure of the density of a stocking calculated from the number of stems per hectare (in NFI trees and shrubs with a diameter at breast height [dbh] ≥12 cm) and the mean diameter. With a callipering threshold of 0 cm, the SDI is largely independent of the site quality, tree species composition and stand age.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -976,51 +976,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6913,51 +6913,51 @@
         <v>106</v>
       </c>
       <c r="GE20" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF20" s="6">
         <v>23.3</v>
       </c>
       <c r="GG20" s="6">
         <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 27.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 27.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285882/623814</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -7131,191 +7131,191 @@
       <c r="FW21" s="3"/>
       <c r="FX21" s="3"/>
       <c r="FY21" s="3"/>
       <c r="FZ21" s="3"/>
       <c r="GA21" s="3"/>
       <c r="GB21" s="3"/>
       <c r="GC21" s="3"/>
       <c r="GD21" s="3"/>
       <c r="GE21" s="3"/>
       <c r="GF21" s="3"/>
       <c r="GG21" s="3"/>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesdichteindex (SDI)</t>
+            <t xml:space="preserve">stand density index (SDI)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #29</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>