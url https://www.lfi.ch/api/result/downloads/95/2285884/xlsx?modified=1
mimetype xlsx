--- v0 (2025-11-19)
+++ v1 (2026-01-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285884/623816</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse des Totholzes</t>
+      <t xml:space="preserve">necromassa</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) des stehenden und liegenden Totholzes, ermittelt mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus folgenden Komponenten: 1) Schaftholz, Astderbholz, Astreisig und Wurzeln von stehenden und liegenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) ohne Schaftbruch, 2) Schaftholz des noch stehenden Stumpfes, Astreisig und Wurzeln von stehenden toten Bäumen und Sträuchern ab 12 cm BHD mit Schaftbruch und 3) LIS-Totholz, d.h. dem liegendem Totholz ab 7 cm Durchmesser (Derbholz; ohne Derbholzstücke in Asthaufen), das keinem Baum oder Strauch ab 12 cm BHD zugeordnet werden kann.</t>
+    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4625,51 +4625,51 @@
         <v>0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>21753</v>
       </c>
       <c r="GG16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285884/623816</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse des Totholzes</t>
+            <t xml:space="preserve">necromassa</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>