--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of deadwood</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...5 lines deleted...]
-    <t>Mio kg</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285884/623816</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">necromassa</t>
+      <t xml:space="preserve">biomass of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
+    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,238 +964,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -4625,51 +4625,51 @@
         <v>0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>21753</v>
       </c>
       <c r="GG16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285884/623816</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">necromassa</t>
+            <t xml:space="preserve">biomass of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>