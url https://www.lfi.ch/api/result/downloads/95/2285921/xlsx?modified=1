--- v0 (2025-11-19)
+++ v1 (2026-01-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285921/623853</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse des Totholzes</t>
+      <t xml:space="preserve">necromassa</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) des stehenden und liegenden Totholzes, ermittelt mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus folgenden Komponenten: 1) Schaftholz, Astderbholz, Astreisig und Wurzeln von stehenden und liegenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) ohne Schaftbruch, 2) Schaftholz des noch stehenden Stumpfes, Astreisig und Wurzeln von stehenden toten Bäumen und Sträuchern ab 12 cm BHD mit Schaftbruch und 3) LIS-Totholz, d.h. dem liegendem Totholz ab 7 cm Durchmesser (Derbholz; ohne Derbholzstücke in Asthaufen), das keinem Baum oder Strauch ab 12 cm BHD zugeordnet werden kann.</t>
+    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>19.6</v>
       </c>
       <c r="GG16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285921/623853</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse des Totholzes</t>
+            <t xml:space="preserve">necromassa</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>