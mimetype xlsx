--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of deadwood</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285940/623872</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse des Totholzes</t>
+      <t xml:space="preserve">biomass of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) des stehenden und liegenden Totholzes, ermittelt mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus folgenden Komponenten: 1) Schaftholz, Astderbholz, Astreisig und Wurzeln von stehenden und liegenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) ohne Schaftbruch, 2) Schaftholz des noch stehenden Stumpfes, Astreisig und Wurzeln von stehenden toten Bäumen und Sträuchern ab 12 cm BHD mit Schaftbruch und 3) LIS-Totholz, d.h. dem liegendem Totholz ab 7 cm Durchmesser (Derbholz; ohne Derbholzstücke in Asthaufen), das keinem Baum oder Strauch ab 12 cm BHD zugeordnet werden kann.</t>
+    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>19.4</v>
       </c>
       <c r="GG16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285940/623872</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse des Totholzes</t>
+            <t xml:space="preserve">biomass of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>