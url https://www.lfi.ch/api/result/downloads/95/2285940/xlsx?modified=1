--- v1 (2026-01-09)
+++ v2 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285940/623872</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of deadwood</t>
+      <t xml:space="preserve">necromassa</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
+    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>19.4</v>
       </c>
       <c r="GG16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285940/623872</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of deadwood</t>
+            <t xml:space="preserve">necromassa</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>